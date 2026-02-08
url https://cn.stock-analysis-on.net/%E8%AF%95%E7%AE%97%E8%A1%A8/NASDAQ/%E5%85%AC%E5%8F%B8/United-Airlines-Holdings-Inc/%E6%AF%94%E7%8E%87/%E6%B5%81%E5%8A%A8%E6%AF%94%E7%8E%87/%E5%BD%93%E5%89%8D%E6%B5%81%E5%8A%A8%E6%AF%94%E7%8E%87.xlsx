--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -706,51 +706,51 @@
       </c>
       <c r="E13" s="12">
         <v>0.98</v>
       </c>
       <c r="F13" s="12">
         <v>1.44</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="12">
         <v>0.77</v>
       </c>
       <c r="C14" s="12">
         <v>0.81</v>
       </c>
       <c r="D14" s="12">
         <v>0.72</v>
       </c>
       <c r="E14" s="12">
         <v>0.62</v>
       </c>
       <c r="F14" s="12">
-        <v>1.01</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="12">
         <v>1.17</v>
       </c>
       <c r="C15" s="12">
         <v>1.1</v>
       </c>
       <c r="D15" s="12">
         <v>1.22</v>
       </c>
       <c r="E15" s="12">
         <v>1.42</v>
       </c>
       <c r="F15" s="12">
         <v>1.19</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="28.8">
       <c r="A16" s="10" t="s">
         <v>12</v>