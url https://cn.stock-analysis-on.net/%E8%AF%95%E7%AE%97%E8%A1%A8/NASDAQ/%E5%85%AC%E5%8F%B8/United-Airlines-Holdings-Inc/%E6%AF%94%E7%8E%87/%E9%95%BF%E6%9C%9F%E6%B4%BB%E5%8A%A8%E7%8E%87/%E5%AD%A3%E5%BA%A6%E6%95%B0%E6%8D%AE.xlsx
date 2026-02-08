--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1430,60 +1430,60 @@
       <c r="I15" s="7">
         <v>0.42</v>
       </c>
       <c r="J15" s="7">
         <v>0.42</v>
       </c>
       <c r="K15" s="7">
         <v>0.44</v>
       </c>
       <c r="L15" s="7">
         <v>0.45</v>
       </c>
       <c r="M15" s="7">
         <v>0.44</v>
       </c>
       <c r="N15" s="7">
         <v>0.44</v>
       </c>
       <c r="O15" s="7">
         <v>0.42</v>
       </c>
       <c r="P15" s="7">
         <v>0.41</v>
       </c>
       <c r="Q15" s="7">
-        <v>0.4</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="7">
-        <v>0.39</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="7">
-        <v>0.38</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="7">
-        <v>0.36</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="7">
         <v>2.37</v>
       </c>
       <c r="C16" s="7">
         <v>2.39</v>
       </c>
       <c r="D16" s="7">
         <v>2.44</v>
       </c>
       <c r="E16" s="7">
         <v>2.45</v>
       </c>
       <c r="F16" s="7">
         <v>2.43</v>
       </c>
       <c r="G16" s="7">
         <v>2.41</v>
       </c>
       <c r="H16" s="7">
@@ -2130,60 +2130,60 @@
       <c r="I18" s="7">
         <v>0.41</v>
       </c>
       <c r="J18" s="7">
         <v>0.41</v>
       </c>
       <c r="K18" s="7">
         <v>0.42</v>
       </c>
       <c r="L18" s="7">
         <v>0.43</v>
       </c>
       <c r="M18" s="7">
         <v>0.43</v>
       </c>
       <c r="N18" s="7">
         <v>0.43</v>
       </c>
       <c r="O18" s="7">
         <v>0.41</v>
       </c>
       <c r="P18" s="7">
         <v>0.4</v>
       </c>
       <c r="Q18" s="7">
-        <v>0.38</v>
+        <v>0.0</v>
       </c>
       <c r="R18" s="7">
-        <v>0.38</v>
+        <v>0.0</v>
       </c>
       <c r="S18" s="7">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="T18" s="7">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="7">
         <v>2.13</v>
       </c>
       <c r="C19" s="7">
         <v>2.17</v>
       </c>
       <c r="D19" s="7">
         <v>2.2</v>
       </c>
       <c r="E19" s="7">
         <v>2.2</v>
       </c>
       <c r="F19" s="7">
         <v>2.18</v>
       </c>
       <c r="G19" s="7">
         <v>2.17</v>
       </c>
       <c r="H19" s="7">
@@ -2706,60 +2706,60 @@
       <c r="I15" s="7">
         <v>0.36</v>
       </c>
       <c r="J15" s="7">
         <v>0.36</v>
       </c>
       <c r="K15" s="7">
         <v>0.38</v>
       </c>
       <c r="L15" s="7">
         <v>0.38</v>
       </c>
       <c r="M15" s="7">
         <v>0.38</v>
       </c>
       <c r="N15" s="7">
         <v>0.37</v>
       </c>
       <c r="O15" s="7">
         <v>0.36</v>
       </c>
       <c r="P15" s="7">
         <v>0.35</v>
       </c>
       <c r="Q15" s="7">
-        <v>0.34</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="7">
-        <v>0.34</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="7">
-        <v>0.33</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="7">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="7">
         <v>1.25</v>
       </c>
       <c r="C16" s="7">
         <v>1.27</v>
       </c>
       <c r="D16" s="7">
         <v>1.33</v>
       </c>
       <c r="E16" s="7">
         <v>1.3</v>
       </c>
       <c r="F16" s="7">
         <v>1.33</v>
       </c>
       <c r="G16" s="7">
         <v>1.29</v>
       </c>
       <c r="H16" s="7">
@@ -3282,60 +3282,60 @@
       <c r="I15" s="7">
         <v>1.63</v>
       </c>
       <c r="J15" s="7">
         <v>1.72</v>
       </c>
       <c r="K15" s="7">
         <v>1.88</v>
       </c>
       <c r="L15" s="7">
         <v>2.0099999999999998</v>
       </c>
       <c r="M15" s="7">
         <v>2.05</v>
       </c>
       <c r="N15" s="7">
         <v>2.08</v>
       </c>
       <c r="O15" s="7">
         <v>1.84</v>
       </c>
       <c r="P15" s="7">
         <v>1.9</v>
       </c>
       <c r="Q15" s="7">
-        <v>1.54</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="7">
-        <v>1.52</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="7">
-        <v>1.44</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="7">
-        <v>1.19</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="7">
         <v>5.66</v>
       </c>
       <c r="C16" s="7">
         <v>5.73</v>
       </c>
       <c r="D16" s="7">
         <v>5.81</v>
       </c>
       <c r="E16" s="7">
         <v>5.45</v>
       </c>
       <c r="F16" s="7">
         <v>5.38</v>
       </c>
       <c r="G16" s="7">
         <v>5.26</v>
       </c>
       <c r="H16" s="7">