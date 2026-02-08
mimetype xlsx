--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -906,51 +906,51 @@
       </c>
       <c r="D24" s="14">
         <v>-0.4074</v>
       </c>
       <c r="E24" s="14">
         <v>0.3128</v>
       </c>
       <c r="F24" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B25" s="14">
         <v>0.0161</v>
       </c>
       <c r="C25" s="14">
         <v>0.0395</v>
       </c>
       <c r="D25" s="14">
         <v>0.0363</v>
       </c>
       <c r="E25" s="14">
-        <v>0.0246</v>
+        <v>0.0</v>
       </c>
       <c r="F25" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B26" s="14">
         <v>-0.0551</v>
       </c>
       <c r="C26" s="14">
         <v>0.05</v>
       </c>
       <c r="D26" s="14">
         <v>0.2185</v>
       </c>
       <c r="E26" s="14">
         <v>0.2953</v>
       </c>
       <c r="F26" s="14">
         <v>0.0</v>
       </c>
     </row>