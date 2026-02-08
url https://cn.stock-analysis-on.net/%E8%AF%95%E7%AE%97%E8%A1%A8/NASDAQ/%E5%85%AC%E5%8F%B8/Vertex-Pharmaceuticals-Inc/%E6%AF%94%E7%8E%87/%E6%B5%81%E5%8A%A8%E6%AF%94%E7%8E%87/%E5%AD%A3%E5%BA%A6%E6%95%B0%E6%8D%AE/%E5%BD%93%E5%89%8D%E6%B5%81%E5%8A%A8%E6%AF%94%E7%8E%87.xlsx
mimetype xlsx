--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1452,60 +1452,60 @@
       <c r="I22" s="13">
         <v>5.69</v>
       </c>
       <c r="J22" s="13">
         <v>5.18</v>
       </c>
       <c r="K22" s="13">
         <v>5.45</v>
       </c>
       <c r="L22" s="13">
         <v>5.45</v>
       </c>
       <c r="M22" s="13">
         <v>5.06</v>
       </c>
       <c r="N22" s="13">
         <v>5.36</v>
       </c>
       <c r="O22" s="13">
         <v>5.12</v>
       </c>
       <c r="P22" s="13">
         <v>4.76</v>
       </c>
       <c r="Q22" s="13">
-        <v>3.56</v>
+        <v>0.0</v>
       </c>
       <c r="R22" s="13">
-        <v>3.71</v>
+        <v>0.0</v>
       </c>
       <c r="S22" s="13">
-        <v>3.57</v>
+        <v>0.0</v>
       </c>
       <c r="T22" s="13">
-        <v>3.12</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="13">
         <v>1.5</v>
       </c>
       <c r="C23" s="13">
         <v>1.93</v>
       </c>
       <c r="D23" s="13">
         <v>1.77</v>
       </c>
       <c r="E23" s="13">
         <v>1.66</v>
       </c>
       <c r="F23" s="13">
         <v>1.63</v>
       </c>
       <c r="G23" s="13">
         <v>1.72</v>
       </c>
       <c r="H23" s="13">