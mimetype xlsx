--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1588,60 +1588,60 @@
       <c r="I25" s="15">
         <v>3.17</v>
       </c>
       <c r="J25" s="15">
         <v>2.75</v>
       </c>
       <c r="K25" s="15">
         <v>2.88</v>
       </c>
       <c r="L25" s="15">
         <v>2.89</v>
       </c>
       <c r="M25" s="15">
         <v>2.46</v>
       </c>
       <c r="N25" s="15">
         <v>2.44</v>
       </c>
       <c r="O25" s="15">
         <v>2.49</v>
       </c>
       <c r="P25" s="15">
         <v>2.34</v>
       </c>
       <c r="Q25" s="15">
-        <v>1.45</v>
+        <v>0.0</v>
       </c>
       <c r="R25" s="15">
-        <v>1.56</v>
+        <v>0.0</v>
       </c>
       <c r="S25" s="15">
-        <v>1.05</v>
+        <v>0.0</v>
       </c>
       <c r="T25" s="15">
-        <v>1.09</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="15">
         <v>0.24</v>
       </c>
       <c r="C26" s="15">
         <v>0.5</v>
       </c>
       <c r="D26" s="15">
         <v>0.45</v>
       </c>
       <c r="E26" s="15">
         <v>0.42</v>
       </c>
       <c r="F26" s="15">
         <v>0.46</v>
       </c>
       <c r="G26" s="15">
         <v>0.6</v>
       </c>
       <c r="H26" s="15">