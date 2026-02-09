--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1037,51 +1037,51 @@
       </c>
       <c r="E28" s="14">
         <v>14.22</v>
       </c>
       <c r="F28" s="14">
         <v>4.98</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="13" t="s">
         <v>24</v>
       </c>
       <c r="B29" s="14">
         <v>53.13</v>
       </c>
       <c r="C29" s="14">
         <v>46.55</v>
       </c>
       <c r="D29" s="14">
         <v>68.67</v>
       </c>
       <c r="E29" s="14">
         <v>138.96000000000001</v>
       </c>
       <c r="F29" s="14">
-        <v>57.7</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B30" s="14">
         <v>5.0099999999999998</v>
       </c>
       <c r="C30" s="14">
         <v>4.61</v>
       </c>
       <c r="D30" s="14">
         <v>8.12</v>
       </c>
       <c r="E30" s="14">
         <v>12.19</v>
       </c>
       <c r="F30" s="14">
         <v>10.3</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="13" t="s">
         <v>26</v>