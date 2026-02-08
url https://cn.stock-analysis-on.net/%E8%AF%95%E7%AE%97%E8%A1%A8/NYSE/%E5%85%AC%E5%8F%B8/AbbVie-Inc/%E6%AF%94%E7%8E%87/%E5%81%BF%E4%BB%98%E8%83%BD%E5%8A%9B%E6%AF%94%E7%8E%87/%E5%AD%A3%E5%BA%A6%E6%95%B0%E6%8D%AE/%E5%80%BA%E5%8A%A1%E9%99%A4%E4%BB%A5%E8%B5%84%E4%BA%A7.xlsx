--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1588,60 +1588,60 @@
       <c r="I25" s="14">
         <v>0.08</v>
       </c>
       <c r="J25" s="14">
         <v>0.08</v>
       </c>
       <c r="K25" s="14">
         <v>0.09</v>
       </c>
       <c r="L25" s="14">
         <v>0.09</v>
       </c>
       <c r="M25" s="14">
         <v>0.09</v>
       </c>
       <c r="N25" s="14">
         <v>0.1</v>
       </c>
       <c r="O25" s="14">
         <v>0.1</v>
       </c>
       <c r="P25" s="14">
         <v>0.1</v>
       </c>
       <c r="Q25" s="14">
-        <v>0.11</v>
+        <v>0.0</v>
       </c>
       <c r="R25" s="14">
-        <v>0.11</v>
+        <v>0.0</v>
       </c>
       <c r="S25" s="14">
-        <v>0.13</v>
+        <v>0.0</v>
       </c>
       <c r="T25" s="14">
-        <v>0.15</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="14">
         <v>0.35</v>
       </c>
       <c r="C26" s="14">
         <v>0.35</v>
       </c>
       <c r="D26" s="14">
         <v>0.35</v>
       </c>
       <c r="E26" s="14">
         <v>0.32</v>
       </c>
       <c r="F26" s="14">
         <v>0.35</v>
       </c>
       <c r="G26" s="14">
         <v>0.36</v>
       </c>
       <c r="H26" s="14">