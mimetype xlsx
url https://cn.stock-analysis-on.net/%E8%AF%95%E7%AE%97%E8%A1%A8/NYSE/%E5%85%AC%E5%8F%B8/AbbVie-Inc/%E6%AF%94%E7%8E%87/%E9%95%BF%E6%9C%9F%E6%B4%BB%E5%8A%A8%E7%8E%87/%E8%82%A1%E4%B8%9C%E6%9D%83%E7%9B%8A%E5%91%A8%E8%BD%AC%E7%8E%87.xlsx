--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -847,51 +847,51 @@
       </c>
       <c r="E19" s="12">
         <v>1.06</v>
       </c>
       <c r="F19" s="12">
         <v>0.67</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="12">
         <v>0.48</v>
       </c>
       <c r="C20" s="12">
         <v>0.51</v>
       </c>
       <c r="D20" s="12">
         <v>0.54</v>
       </c>
       <c r="E20" s="12">
         <v>0.86</v>
       </c>
       <c r="F20" s="12">
-        <v>0.77</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="12">
         <v>0.86</v>
       </c>
       <c r="C21" s="12">
         <v>0.92</v>
       </c>
       <c r="D21" s="12">
         <v>1.02</v>
       </c>
       <c r="E21" s="12">
         <v>0.96</v>
       </c>
       <c r="F21" s="12">
         <v>0.93</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>18</v>