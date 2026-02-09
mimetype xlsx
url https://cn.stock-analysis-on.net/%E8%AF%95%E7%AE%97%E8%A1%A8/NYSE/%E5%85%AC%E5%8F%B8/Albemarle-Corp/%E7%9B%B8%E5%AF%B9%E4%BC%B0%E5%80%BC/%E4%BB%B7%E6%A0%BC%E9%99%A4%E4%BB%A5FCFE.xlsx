--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -976,85 +976,85 @@
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="14">
         <v>13.49</v>
       </c>
     </row>
     <row r="11" spans="1:2" customHeight="1" ht="34.8">
       <c r="A11" s="11" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:2" customHeight="1" ht="28.8">
       <c r="A12" s="15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="16" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="13">
-        <v>26.52</v>
+        <v>25.86</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="13">
-        <v>42.38</v>
+        <v>42.49</v>
       </c>
     </row>
     <row r="15" spans="1:2" customHeight="1" ht="28.8">
       <c r="A15" s="15" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B16" s="13">
-        <v>24.55</v>
+        <v>24.14</v>
       </c>
     </row>
     <row r="17" spans="1:2" customHeight="1" ht="28.8">
       <c r="A17" s="15" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B18" s="13">
-        <v>25.47</v>
+        <v>25.28</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F20" sqref="F20"/>
     </sheetView>