--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1567,60 +1567,60 @@
       <c r="E16" s="8">
         <v>0.6335</v>
       </c>
       <c r="F16" s="8">
         <v>0.6312</v>
       </c>
       <c r="G16" s="8">
         <v>0.6258</v>
       </c>
       <c r="H16" s="8">
         <v>0.6307</v>
       </c>
       <c r="I16" s="8">
         <v>0.641</v>
       </c>
       <c r="J16" s="8">
         <v>0.6532</v>
       </c>
       <c r="K16" s="8">
         <v>0.6649</v>
       </c>
       <c r="L16" s="8">
         <v>0.6717</v>
       </c>
       <c r="M16" s="8">
-        <v>0.6806</v>
+        <v>0.0</v>
       </c>
       <c r="N16" s="8">
-        <v>0.6814</v>
+        <v>0.0</v>
       </c>
       <c r="O16" s="8">
-        <v>0.6802</v>
+        <v>0.0</v>
       </c>
       <c r="P16" s="8">
-        <v>0.6759</v>
+        <v>0.0</v>
       </c>
       <c r="Q16" s="8">
         <v>0.0</v>
       </c>
       <c r="R16" s="8">
         <v>0.0</v>
       </c>
       <c r="S16" s="8">
         <v>0.0</v>
       </c>
       <c r="T16" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="9"/>
       <c r="C17" s="9"/>
       <c r="D17" s="9"/>
       <c r="E17" s="9"/>
       <c r="F17" s="9"/>
       <c r="G17" s="9"/>
       <c r="H17" s="9"/>
@@ -2143,60 +2143,60 @@
       <c r="E16" s="8">
         <v>0.3285</v>
       </c>
       <c r="F16" s="8">
         <v>0.3381</v>
       </c>
       <c r="G16" s="8">
         <v>0.3373</v>
       </c>
       <c r="H16" s="8">
         <v>0.3646</v>
       </c>
       <c r="I16" s="8">
         <v>0.3856</v>
       </c>
       <c r="J16" s="8">
         <v>0.3869</v>
       </c>
       <c r="K16" s="8">
         <v>0.4011</v>
       </c>
       <c r="L16" s="8">
         <v>0.4064</v>
       </c>
       <c r="M16" s="8">
-        <v>0.4132</v>
+        <v>0.0</v>
       </c>
       <c r="N16" s="8">
-        <v>0.4207</v>
+        <v>0.0</v>
       </c>
       <c r="O16" s="8">
-        <v>0.4231</v>
+        <v>0.0</v>
       </c>
       <c r="P16" s="8">
-        <v>0.4231</v>
+        <v>0.0</v>
       </c>
       <c r="Q16" s="8">
         <v>0.0</v>
       </c>
       <c r="R16" s="8">
         <v>0.0</v>
       </c>
       <c r="S16" s="8">
         <v>0.0</v>
       </c>
       <c r="T16" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="9"/>
       <c r="C17" s="9"/>
       <c r="D17" s="9"/>
       <c r="E17" s="9"/>
       <c r="F17" s="9"/>
       <c r="G17" s="9"/>
       <c r="H17" s="9"/>
@@ -2719,60 +2719,60 @@
       <c r="E16" s="8">
         <v>0.2221</v>
       </c>
       <c r="F16" s="8">
         <v>0.2338</v>
       </c>
       <c r="G16" s="8">
         <v>0.2426</v>
       </c>
       <c r="H16" s="8">
         <v>0.272</v>
       </c>
       <c r="I16" s="8">
         <v>0.2849</v>
       </c>
       <c r="J16" s="8">
         <v>0.2757</v>
       </c>
       <c r="K16" s="8">
         <v>0.2856</v>
       </c>
       <c r="L16" s="8">
         <v>0.2858</v>
       </c>
       <c r="M16" s="8">
-        <v>0.29</v>
+        <v>0.0</v>
       </c>
       <c r="N16" s="8">
-        <v>0.2925</v>
+        <v>0.0</v>
       </c>
       <c r="O16" s="8">
-        <v>0.2951</v>
+        <v>0.0</v>
       </c>
       <c r="P16" s="8">
-        <v>0.2969</v>
+        <v>0.0</v>
       </c>
       <c r="Q16" s="8">
         <v>0.0</v>
       </c>
       <c r="R16" s="8">
         <v>0.0</v>
       </c>
       <c r="S16" s="8">
         <v>0.0</v>
       </c>
       <c r="T16" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="9"/>
       <c r="C17" s="9"/>
       <c r="D17" s="9"/>
       <c r="E17" s="9"/>
       <c r="F17" s="9"/>
       <c r="G17" s="9"/>
       <c r="H17" s="9"/>
@@ -3871,60 +3871,60 @@
       <c r="E16" s="8">
         <v>0.1196</v>
       </c>
       <c r="F16" s="8">
         <v>0.1274</v>
       </c>
       <c r="G16" s="8">
         <v>0.1301</v>
       </c>
       <c r="H16" s="8">
         <v>0.1404</v>
       </c>
       <c r="I16" s="8">
         <v>0.1467</v>
       </c>
       <c r="J16" s="8">
         <v>0.2148</v>
       </c>
       <c r="K16" s="8">
         <v>0.2218</v>
       </c>
       <c r="L16" s="8">
         <v>0.2162</v>
       </c>
       <c r="M16" s="8">
-        <v>0.2206</v>
+        <v>0.0</v>
       </c>
       <c r="N16" s="8">
-        <v>0.2162</v>
+        <v>0.0</v>
       </c>
       <c r="O16" s="8">
-        <v>0.2181</v>
+        <v>0.0</v>
       </c>
       <c r="P16" s="8">
-        <v>0.2173</v>
+        <v>0.0</v>
       </c>
       <c r="Q16" s="8">
         <v>0.0</v>
       </c>
       <c r="R16" s="8">
         <v>0.0</v>
       </c>
       <c r="S16" s="8">
         <v>0.0</v>
       </c>
       <c r="T16" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="9"/>
       <c r="C17" s="9"/>
       <c r="D17" s="9"/>
       <c r="E17" s="9"/>
       <c r="F17" s="9"/>
       <c r="G17" s="9"/>
       <c r="H17" s="9"/>