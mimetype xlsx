--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -567,196 +567,196 @@
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2" customHeight="1" ht="34.8">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="5">
-        <v>160011.0</v>
+        <v>165039.0</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="5">
         <v>3168.0</v>
       </c>
     </row>
     <row r="7" spans="1:2" customHeight="1" ht="34.8">
       <c r="A7" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="7">
-        <v>50.51</v>
+        <v>52.1</v>
       </c>
     </row>
     <row r="9" spans="1:2" customHeight="1" ht="34.8">
       <c r="A9" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:2" customHeight="1" ht="28.8">
       <c r="A10" s="8" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="10">
-        <v>30.1</v>
+        <v>30.62</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="10">
-        <v>18.43</v>
+        <v>19.1</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="10">
-        <v>22.86</v>
+        <v>22.94</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="10">
-        <v>65.37</v>
+        <v>67.69</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="10">
-        <v>45.55</v>
+        <v>46.42</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="10">
-        <v>23.61</v>
+        <v>23.82</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="10">
-        <v>12.48</v>
+        <v>12.69</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="10">
-        <v>10.75</v>
+        <v>10.97</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="10">
-        <v>13.96</v>
+        <v>13.26</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="9" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="10">
-        <v>19.96</v>
+        <v>19.98</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="9" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="10">
-        <v>227.039999999999992</v>
+        <v>237.0099999999999909</v>
       </c>
     </row>
     <row r="22" spans="1:2" customHeight="1" ht="28.8">
       <c r="A22" s="8" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="10">
-        <v>25.87</v>
+        <v>26.46</v>
       </c>
     </row>
     <row r="24" spans="1:2" customHeight="1" ht="28.8">
       <c r="A24" s="8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="9" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="10">
-        <v>22.49</v>
+        <v>22.98</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>