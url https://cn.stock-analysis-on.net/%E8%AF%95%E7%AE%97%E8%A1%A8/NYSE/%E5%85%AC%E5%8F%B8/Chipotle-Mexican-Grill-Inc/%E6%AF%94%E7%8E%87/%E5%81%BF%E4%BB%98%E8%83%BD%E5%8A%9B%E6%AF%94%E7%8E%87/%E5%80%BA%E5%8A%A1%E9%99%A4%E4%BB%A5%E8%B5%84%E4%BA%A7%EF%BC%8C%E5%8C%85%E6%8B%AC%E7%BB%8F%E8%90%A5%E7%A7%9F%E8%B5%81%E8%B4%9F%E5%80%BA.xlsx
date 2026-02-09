--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -569,353 +569,353 @@
   </sheetPr>
   <dimension ref="A1:F25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F25" sqref="F25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="7">
         <v>0.0</v>
       </c>
       <c r="C6" s="7">
         <v>0.0</v>
       </c>
       <c r="D6" s="7">
         <v>0.0</v>
       </c>
       <c r="E6" s="7">
         <v>0.0</v>
       </c>
       <c r="F6" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7">
+        <v>302380.0</v>
+      </c>
+      <c r="C7" s="7">
         <v>277836.0</v>
       </c>
-      <c r="C7" s="7">
+      <c r="D7" s="7">
         <v>248074.0</v>
       </c>
-      <c r="D7" s="7">
+      <c r="E7" s="7">
         <v>236248.0</v>
       </c>
-      <c r="E7" s="7">
+      <c r="F7" s="7">
         <v>218713.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>204756.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7">
+        <v>4773434.0</v>
+      </c>
+      <c r="C8" s="7">
         <v>4262782.0</v>
       </c>
-      <c r="C8" s="7">
+      <c r="D8" s="7">
         <v>3803551.0</v>
       </c>
-      <c r="D8" s="7">
+      <c r="E8" s="7">
         <v>3495162.0</v>
       </c>
-      <c r="E8" s="7">
+      <c r="F8" s="7">
         <v>3301601.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2952296.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="9">
+        <v>5075814.0</v>
+      </c>
+      <c r="C9" s="9">
         <v>4540618.0</v>
       </c>
-      <c r="C9" s="9">
+      <c r="D9" s="9">
         <v>4051625.0</v>
       </c>
-      <c r="D9" s="9">
+      <c r="E9" s="9">
         <v>3731410.0</v>
       </c>
-      <c r="E9" s="9">
+      <c r="F9" s="9">
         <v>3520314.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>3157052.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="7">
+        <v>8994531.0</v>
+      </c>
+      <c r="C11" s="7">
         <v>9204374.0</v>
       </c>
-      <c r="C11" s="7">
+      <c r="D11" s="7">
         <v>8044362.0</v>
       </c>
-      <c r="D11" s="7">
+      <c r="E11" s="7">
         <v>6927504.0</v>
       </c>
-      <c r="E11" s="7">
+      <c r="F11" s="7">
         <v>6652958.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5982896.0</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B13" s="10">
+        <v>0.56</v>
+      </c>
+      <c r="C13" s="10">
         <v>0.49</v>
       </c>
-      <c r="C13" s="10">
+      <c r="D13" s="10">
         <v>0.5</v>
       </c>
-      <c r="D13" s="10">
+      <c r="E13" s="10">
         <v>0.54</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.53</v>
       </c>
       <c r="F13" s="10">
         <v>0.53</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="34.8">
       <c r="A14" s="5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="28.8">
       <c r="A15" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="13">
-        <v>0.11</v>
+        <v>0.0</v>
       </c>
       <c r="C16" s="13">
         <v>0.11</v>
       </c>
       <c r="D16" s="13">
+        <v>0.11</v>
+      </c>
+      <c r="E16" s="13">
         <v>0.15</v>
       </c>
-      <c r="E16" s="13">
+      <c r="F16" s="13">
         <v>0.18</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.22</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="13">
-        <v>0.62</v>
+        <v>0.0</v>
       </c>
       <c r="C17" s="13">
         <v>0.62</v>
       </c>
       <c r="D17" s="13">
+        <v>0.62</v>
+      </c>
+      <c r="E17" s="13">
         <v>0.52</v>
       </c>
-      <c r="E17" s="13">
+      <c r="F17" s="13">
         <v>0.48</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.57</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="13">
         <v>0.04</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.05</v>
       </c>
       <c r="D18" s="13">
         <v>0.05</v>
       </c>
       <c r="E18" s="13">
+        <v>0.05</v>
+      </c>
+      <c r="F18" s="13">
         <v>0.06</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.1</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="13">
         <v>0.94</v>
       </c>
-      <c r="C19" s="13">
+      <c r="D19" s="13">
         <v>0.95</v>
       </c>
-      <c r="D19" s="13">
+      <c r="E19" s="13">
         <v>0.97</v>
       </c>
-      <c r="E19" s="13">
+      <c r="F19" s="13">
         <v>0.92</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.98</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="13">
+        <v>0.83</v>
+      </c>
+      <c r="C20" s="13">
         <v>0.82</v>
       </c>
-      <c r="C20" s="13">
+      <c r="D20" s="13">
         <v>0.83</v>
       </c>
-      <c r="D20" s="13">
+      <c r="E20" s="13">
         <v>0.84</v>
       </c>
-      <c r="E20" s="13">
+      <c r="F20" s="13">
         <v>0.75</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.84</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="28.8">
       <c r="A21" s="11" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C22" s="13">
         <v>0.65</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.67</v>
       </c>
       <c r="D22" s="13">
         <v>0.67</v>
       </c>
       <c r="E22" s="13">
         <v>0.67</v>
       </c>
       <c r="F22" s="13">
-        <v>0.0</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="11" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B24" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C24" s="13">
         <v>0.41</v>
       </c>
-      <c r="C24" s="13">
+      <c r="D24" s="13">
         <v>0.43</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.44</v>
       </c>
       <c r="E24" s="13">
         <v>0.44</v>
       </c>
       <c r="F24" s="13">
-        <v>0.0</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="14"/>
       <c r="C25" s="14"/>
       <c r="D25" s="14"/>
       <c r="E25" s="14"/>
       <c r="F25" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>