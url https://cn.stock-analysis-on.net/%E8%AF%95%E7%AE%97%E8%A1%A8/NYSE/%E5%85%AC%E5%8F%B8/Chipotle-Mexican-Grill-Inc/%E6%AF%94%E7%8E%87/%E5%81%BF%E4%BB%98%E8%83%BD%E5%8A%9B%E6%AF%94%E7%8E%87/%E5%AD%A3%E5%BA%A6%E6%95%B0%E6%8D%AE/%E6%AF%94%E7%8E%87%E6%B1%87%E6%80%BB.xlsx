--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -491,142 +491,133 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T14"/>
+  <dimension ref="A1:Q14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T14" sqref="T14"/>
+      <selection activeCell="Q14" sqref="Q14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="8">
         <v>0.0</v>
       </c>
       <c r="C7" s="8">
         <v>0.0</v>
       </c>
       <c r="D7" s="8">
         <v>0.0</v>
       </c>
       <c r="E7" s="8">
         <v>0.0</v>
       </c>
       <c r="F7" s="8">
         <v>0.0</v>
       </c>
       <c r="G7" s="8">
         <v>0.0</v>
       </c>
       <c r="H7" s="8">
         <v>0.0</v>
       </c>
       <c r="I7" s="8">
@@ -634,123 +625,105 @@
       </c>
       <c r="J7" s="8">
         <v>0.0</v>
       </c>
       <c r="K7" s="8">
         <v>0.0</v>
       </c>
       <c r="L7" s="8">
         <v>0.0</v>
       </c>
       <c r="M7" s="8">
         <v>0.0</v>
       </c>
       <c r="N7" s="8">
         <v>0.0</v>
       </c>
       <c r="O7" s="8">
         <v>0.0</v>
       </c>
       <c r="P7" s="8">
         <v>0.0</v>
       </c>
       <c r="Q7" s="8">
         <v>0.0</v>
       </c>
-      <c r="R7" s="8">
-[...9 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="8">
+        <v>1.79</v>
+      </c>
+      <c r="C8" s="8">
         <v>1.55</v>
       </c>
-      <c r="C8" s="8">
+      <c r="D8" s="8">
         <v>1.35</v>
       </c>
-      <c r="D8" s="8">
+      <c r="E8" s="8">
         <v>1.33</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.24</v>
       </c>
       <c r="F8" s="8">
         <v>1.24</v>
       </c>
       <c r="G8" s="8">
+        <v>1.24</v>
+      </c>
+      <c r="H8" s="8">
         <v>1.15</v>
       </c>
-      <c r="H8" s="8">
+      <c r="I8" s="8">
         <v>1.24</v>
       </c>
-      <c r="I8" s="8">
+      <c r="J8" s="8">
         <v>1.32</v>
       </c>
-      <c r="J8" s="8">
+      <c r="K8" s="8">
         <v>1.39</v>
       </c>
-      <c r="K8" s="8">
+      <c r="L8" s="8">
         <v>1.41</v>
       </c>
-      <c r="L8" s="8">
+      <c r="M8" s="8">
         <v>1.52</v>
       </c>
-      <c r="M8" s="8">
+      <c r="N8" s="8">
         <v>1.58</v>
       </c>
-      <c r="N8" s="8">
+      <c r="O8" s="8">
         <v>1.6</v>
       </c>
-      <c r="O8" s="8">
+      <c r="P8" s="8">
         <v>1.68</v>
       </c>
-      <c r="P8" s="8">
+      <c r="Q8" s="8">
         <v>1.67</v>
       </c>
-      <c r="Q8" s="8">
-[...12 lines deleted...]
-    <row r="9" spans="1:20">
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="8">
         <v>0.0</v>
       </c>
       <c r="C9" s="8">
         <v>0.0</v>
       </c>
       <c r="D9" s="8">
         <v>0.0</v>
       </c>
       <c r="E9" s="8">
         <v>0.0</v>
       </c>
       <c r="F9" s="8">
         <v>0.0</v>
       </c>
       <c r="G9" s="8">
         <v>0.0</v>
       </c>
       <c r="H9" s="8">
         <v>0.0</v>
       </c>
       <c r="I9" s="8">
@@ -758,123 +731,105 @@
       </c>
       <c r="J9" s="8">
         <v>0.0</v>
       </c>
       <c r="K9" s="8">
         <v>0.0</v>
       </c>
       <c r="L9" s="8">
         <v>0.0</v>
       </c>
       <c r="M9" s="8">
         <v>0.0</v>
       </c>
       <c r="N9" s="8">
         <v>0.0</v>
       </c>
       <c r="O9" s="8">
         <v>0.0</v>
       </c>
       <c r="P9" s="8">
         <v>0.0</v>
       </c>
       <c r="Q9" s="8">
         <v>0.0</v>
       </c>
-      <c r="R9" s="8">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="8">
+        <v>0.64</v>
+      </c>
+      <c r="C10" s="8">
         <v>0.61</v>
       </c>
-      <c r="C10" s="8">
+      <c r="D10" s="8">
         <v>0.58</v>
       </c>
-      <c r="D10" s="8">
+      <c r="E10" s="8">
         <v>0.57</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.55</v>
       </c>
       <c r="F10" s="8">
         <v>0.55</v>
       </c>
       <c r="G10" s="8">
+        <v>0.55</v>
+      </c>
+      <c r="H10" s="8">
         <v>0.54</v>
       </c>
-      <c r="H10" s="8">
+      <c r="I10" s="8">
         <v>0.55</v>
       </c>
-      <c r="I10" s="8">
+      <c r="J10" s="8">
         <v>0.57</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.58</v>
       </c>
       <c r="K10" s="8">
         <v>0.58</v>
       </c>
       <c r="L10" s="8">
+        <v>0.58</v>
+      </c>
+      <c r="M10" s="8">
         <v>0.6</v>
       </c>
-      <c r="M10" s="8">
+      <c r="N10" s="8">
         <v>0.61</v>
       </c>
-      <c r="N10" s="8">
+      <c r="O10" s="8">
         <v>0.62</v>
       </c>
-      <c r="O10" s="8">
+      <c r="P10" s="8">
         <v>0.63</v>
       </c>
-      <c r="P10" s="8">
+      <c r="Q10" s="8">
         <v>0.62</v>
       </c>
-      <c r="Q10" s="8">
-[...12 lines deleted...]
-    <row r="11" spans="1:20">
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="8">
         <v>0.0</v>
       </c>
       <c r="C11" s="8">
         <v>0.0</v>
       </c>
       <c r="D11" s="8">
         <v>0.0</v>
       </c>
       <c r="E11" s="8">
         <v>0.0</v>
       </c>
       <c r="F11" s="8">
         <v>0.0</v>
       </c>
       <c r="G11" s="8">
         <v>0.0</v>
       </c>
       <c r="H11" s="8">
         <v>0.0</v>
       </c>
       <c r="I11" s="8">
@@ -882,207 +837,177 @@
       </c>
       <c r="J11" s="8">
         <v>0.0</v>
       </c>
       <c r="K11" s="8">
         <v>0.0</v>
       </c>
       <c r="L11" s="8">
         <v>0.0</v>
       </c>
       <c r="M11" s="8">
         <v>0.0</v>
       </c>
       <c r="N11" s="8">
         <v>0.0</v>
       </c>
       <c r="O11" s="8">
         <v>0.0</v>
       </c>
       <c r="P11" s="8">
         <v>0.0</v>
       </c>
       <c r="Q11" s="8">
         <v>0.0</v>
       </c>
-      <c r="R11" s="8">
-[...9 lines deleted...]
-    <row r="12" spans="1:20">
+    </row>
+    <row r="12" spans="1:17">
       <c r="A12" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="8">
+        <v>0.56</v>
+      </c>
+      <c r="C12" s="8">
         <v>0.54</v>
       </c>
-      <c r="C12" s="8">
+      <c r="D12" s="8">
         <v>0.52</v>
       </c>
-      <c r="D12" s="8">
+      <c r="E12" s="8">
         <v>0.51</v>
       </c>
-      <c r="E12" s="8">
+      <c r="F12" s="8">
         <v>0.49</v>
       </c>
-      <c r="F12" s="8">
+      <c r="G12" s="8">
         <v>0.5</v>
       </c>
-      <c r="G12" s="8">
+      <c r="H12" s="8">
         <v>0.48</v>
       </c>
-      <c r="H12" s="8">
+      <c r="I12" s="8">
         <v>0.49</v>
       </c>
-      <c r="I12" s="8">
+      <c r="J12" s="8">
         <v>0.5</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.51</v>
       </c>
       <c r="K12" s="8">
         <v>0.51</v>
       </c>
       <c r="L12" s="8">
+        <v>0.51</v>
+      </c>
+      <c r="M12" s="8">
         <v>0.53</v>
       </c>
-      <c r="M12" s="8">
+      <c r="N12" s="8">
         <v>0.54</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.55</v>
       </c>
       <c r="O12" s="8">
         <v>0.55</v>
       </c>
       <c r="P12" s="8">
         <v>0.55</v>
       </c>
       <c r="Q12" s="8">
-        <v>0.53</v>
-[...11 lines deleted...]
-    <row r="13" spans="1:20">
+        <v>0.55</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17">
       <c r="A13" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="8">
+        <v>3.18</v>
+      </c>
+      <c r="C13" s="8">
         <v>2.88</v>
       </c>
-      <c r="C13" s="8">
+      <c r="D13" s="8">
         <v>2.63</v>
       </c>
-      <c r="D13" s="8">
+      <c r="E13" s="8">
         <v>2.59</v>
       </c>
-      <c r="E13" s="8">
+      <c r="F13" s="8">
         <v>2.52</v>
       </c>
-      <c r="F13" s="8">
+      <c r="G13" s="8">
         <v>2.49</v>
       </c>
-      <c r="G13" s="8">
+      <c r="H13" s="8">
         <v>2.4</v>
       </c>
-      <c r="H13" s="8">
+      <c r="I13" s="8">
         <v>2.5</v>
       </c>
-      <c r="I13" s="8">
+      <c r="J13" s="8">
         <v>2.63</v>
       </c>
-      <c r="J13" s="8">
+      <c r="K13" s="8">
         <v>2.74</v>
       </c>
-      <c r="K13" s="8">
+      <c r="L13" s="8">
         <v>2.73</v>
       </c>
-      <c r="L13" s="8">
+      <c r="M13" s="8">
         <v>2.84</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.93</v>
       </c>
       <c r="N13" s="8">
         <v>2.93</v>
       </c>
       <c r="O13" s="8">
+        <v>2.93</v>
+      </c>
+      <c r="P13" s="8">
         <v>3.04</v>
       </c>
-      <c r="P13" s="8">
+      <c r="Q13" s="8">
         <v>3.03</v>
       </c>
-      <c r="Q13" s="8">
-[...12 lines deleted...]
-    <row r="14" spans="1:20">
+    </row>
+    <row r="14" spans="1:17">
       <c r="A14" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="9"/>
       <c r="C14" s="9"/>
       <c r="D14" s="9"/>
       <c r="E14" s="9"/>
       <c r="F14" s="9"/>
       <c r="G14" s="9"/>
       <c r="H14" s="9"/>
       <c r="I14" s="9"/>
       <c r="J14" s="9"/>
       <c r="K14" s="9"/>
       <c r="L14" s="9"/>
       <c r="M14" s="9"/>
       <c r="N14" s="9"/>
       <c r="O14" s="9"/>
       <c r="P14" s="9"/>
       <c r="Q14" s="9"/>
-      <c r="R14" s="9"/>
-[...1 lines deleted...]
-      <c r="T14" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">