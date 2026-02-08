--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -504,313 +504,313 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3"/>
       <c r="B5" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="4">
         <v>45657</v>
       </c>
-      <c r="C5" s="4">
+      <c r="D5" s="4">
         <v>45291</v>
       </c>
-      <c r="D5" s="4">
+      <c r="E5" s="4">
         <v>44926</v>
       </c>
-      <c r="E5" s="4">
+      <c r="F5" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="6">
+        <v>11679417.0</v>
+      </c>
+      <c r="C6" s="6">
         <v>11111732.0</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>9720369.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="E6" s="6">
         <v>0.0</v>
       </c>
       <c r="F6" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="6">
+        <v>246184.0</v>
+      </c>
+      <c r="C7" s="6">
         <v>202121.0</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>151280.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="E7" s="6">
         <v>0.0</v>
       </c>
       <c r="F7" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="8">
+        <v>11925601.0</v>
+      </c>
+      <c r="C8" s="8">
         <v>11313853.0</v>
       </c>
-      <c r="C8" s="8">
+      <c r="D8" s="8">
         <v>9871649.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="E8" s="8">
         <v>0.0</v>
       </c>
       <c r="F8" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="9"/>
       <c r="C9" s="9"/>
       <c r="D9" s="9"/>
       <c r="E9" s="9"/>
       <c r="F9" s="9"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="3"/>
       <c r="B16" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C16" s="4">
         <v>45657</v>
       </c>
-      <c r="C16" s="4">
+      <c r="D16" s="4">
         <v>45291</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>44926</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B17" s="6">
+        <v>2587507.0</v>
+      </c>
+      <c r="C17" s="6">
         <v>2628599.0</v>
       </c>
-      <c r="C17" s="6">
+      <c r="D17" s="6">
         <v>2222118.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B18" s="6">
+        <v>-651709.0</v>
+      </c>
+      <c r="C18" s="6">
         <v>-712266.0</v>
       </c>
-      <c r="C18" s="6">
+      <c r="D18" s="6">
         <v>-664305.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="E18" s="6">
         <v>0.0</v>
       </c>
       <c r="F18" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B19" s="8">
+        <v>1935798.0</v>
+      </c>
+      <c r="C19" s="8">
         <v>1916333.0</v>
       </c>
-      <c r="C19" s="8">
+      <c r="D19" s="8">
         <v>1557813.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="E19" s="8">
         <v>0.0</v>
       </c>
       <c r="F19" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
       <c r="F20" s="9"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="3"/>
       <c r="B27" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C27" s="4">
         <v>45657</v>
       </c>
-      <c r="C27" s="4">
+      <c r="D27" s="4">
         <v>45291</v>
       </c>
-      <c r="D27" s="4">
+      <c r="E27" s="4">
         <v>44926</v>
       </c>
-      <c r="E27" s="4">
+      <c r="F27" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B28" s="6">
+        <v>6934590.0</v>
+      </c>
+      <c r="C28" s="6">
         <v>6247406.0</v>
       </c>
-      <c r="C28" s="6">
+      <c r="D28" s="6">
         <v>5637230.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="E28" s="6">
         <v>0.0</v>
       </c>
       <c r="F28" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B29" s="6">
+        <v>207781.0</v>
+      </c>
+      <c r="C29" s="6">
         <v>142847.0</v>
       </c>
-      <c r="C29" s="6">
+      <c r="D29" s="6">
         <v>111356.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="E29" s="6">
         <v>0.0</v>
       </c>
       <c r="F29" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B30" s="8">
+        <v>7142371.0</v>
+      </c>
+      <c r="C30" s="8">
         <v>6390253.0</v>
       </c>
-      <c r="C30" s="8">
+      <c r="D30" s="8">
         <v>5748586.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="E30" s="8">
         <v>0.0</v>
       </c>
       <c r="F30" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B31" s="9"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="9"/>
       <c r="F31" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 