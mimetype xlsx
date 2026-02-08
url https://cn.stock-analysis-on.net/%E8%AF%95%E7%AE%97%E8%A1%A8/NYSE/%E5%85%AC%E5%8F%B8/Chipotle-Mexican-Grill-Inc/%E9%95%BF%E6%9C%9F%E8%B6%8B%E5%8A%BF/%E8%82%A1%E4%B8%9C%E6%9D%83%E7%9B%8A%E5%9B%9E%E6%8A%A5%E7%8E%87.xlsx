--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -512,1442 +512,1501 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H25"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="H25" sqref="H25"/>
+      <selection activeCell="H26" sqref="H26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="3" max="3" width="4.055" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.055" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.055" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="4">
         <v>100</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>0.4197</v>
+        <v>0.5426</v>
       </c>
       <c r="F5" s="7">
-        <v>1534110.0</v>
+        <v>1535761.0</v>
       </c>
       <c r="H5" s="7">
-        <v>3655546.0</v>
+        <v>2830607.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>0.4013</v>
+        <v>0.4197</v>
       </c>
       <c r="F6" s="7">
-        <v>1228737.0</v>
+        <v>1534110.0</v>
       </c>
       <c r="H6" s="7">
-        <v>3062207.0</v>
+        <v>3655546.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>0.3797</v>
+        <v>0.4013</v>
       </c>
       <c r="F7" s="7">
-        <v>899101.0</v>
+        <v>1228737.0</v>
       </c>
       <c r="H7" s="7">
-        <v>2368023.0</v>
+        <v>3062207.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>0.2842</v>
+        <v>0.3797</v>
       </c>
       <c r="F8" s="7">
-        <v>652984.0</v>
+        <v>899101.0</v>
       </c>
       <c r="H8" s="7">
-        <v>2297374.0</v>
+        <v>2368023.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>0.1761</v>
+        <v>0.2842</v>
       </c>
       <c r="F9" s="7">
-        <v>355766.0</v>
+        <v>652984.0</v>
       </c>
       <c r="H9" s="7">
-        <v>2020135.0</v>
+        <v>2297374.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="5">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B10" s="6">
-        <v>0.2081</v>
+        <v>0.1761</v>
       </c>
       <c r="F10" s="7">
-        <v>350158.0</v>
+        <v>355766.0</v>
       </c>
       <c r="H10" s="7">
-        <v>1683026.0</v>
+        <v>2020135.0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="5">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B11" s="6">
-        <v>0.1225</v>
+        <v>0.2081</v>
       </c>
       <c r="F11" s="7">
-        <v>176553.0</v>
+        <v>350158.0</v>
       </c>
       <c r="H11" s="7">
-        <v>1441339.0</v>
+        <v>1683026.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="5">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B12" s="6">
-        <v>0.1292</v>
+        <v>0.1225</v>
       </c>
       <c r="F12" s="7">
-        <v>176253.0</v>
+        <v>176553.0</v>
       </c>
       <c r="H12" s="7">
-        <v>1364445.0</v>
+        <v>1441339.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="5">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B13" s="6">
-        <v>0.0164</v>
+        <v>0.1292</v>
       </c>
       <c r="F13" s="7">
-        <v>22938.0</v>
+        <v>176253.0</v>
       </c>
       <c r="H13" s="7">
-        <v>1402493.0</v>
+        <v>1364445.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="5">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B14" s="6">
-        <v>0.2235</v>
+        <v>0.0164</v>
       </c>
       <c r="F14" s="7">
-        <v>475602.0</v>
+        <v>22938.0</v>
       </c>
       <c r="H14" s="7">
-        <v>2127974.0</v>
+        <v>1402493.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="5">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B15" s="6">
-        <v>0.2213</v>
+        <v>0.2235</v>
       </c>
       <c r="F15" s="7">
-        <v>445374.0</v>
+        <v>475602.0</v>
       </c>
       <c r="H15" s="7">
-        <v>2012369.0</v>
+        <v>2127974.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="5">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B16" s="6">
-        <v>0.2129</v>
+        <v>0.2213</v>
       </c>
       <c r="F16" s="7">
-        <v>327438.0</v>
+        <v>445374.0</v>
       </c>
       <c r="H16" s="7">
-        <v>1538288.0</v>
+        <v>2012369.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="5">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B17" s="6">
-        <v>0.2231</v>
+        <v>0.2129</v>
       </c>
       <c r="F17" s="7">
-        <v>278000.0</v>
+        <v>327438.0</v>
       </c>
       <c r="H17" s="7">
-        <v>1245926.0</v>
+        <v>1538288.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="5">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B18" s="6">
-        <v>0.2058</v>
+        <v>0.2231</v>
       </c>
       <c r="F18" s="7">
-        <v>214945.0</v>
+        <v>278000.0</v>
       </c>
       <c r="H18" s="7">
-        <v>1044226.0</v>
+        <v>1245926.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="5">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B19" s="6">
-        <v>0.2207</v>
+        <v>0.2058</v>
       </c>
       <c r="F19" s="7">
-        <v>178981.0</v>
+        <v>214945.0</v>
       </c>
       <c r="H19" s="7">
-        <v>810873.0</v>
+        <v>1044226.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="5">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B20" s="6">
-        <v>0.1803</v>
+        <v>0.2207</v>
       </c>
       <c r="F20" s="7">
-        <v>126845.0</v>
+        <v>178981.0</v>
       </c>
       <c r="H20" s="7">
-        <v>703461.0</v>
+        <v>810873.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="5">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B21" s="6">
-        <v>0.1256</v>
+        <v>0.1803</v>
       </c>
       <c r="F21" s="7">
-        <v>78202.0</v>
+        <v>126845.0</v>
       </c>
       <c r="H21" s="7">
-        <v>622590.0</v>
+        <v>703461.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="5">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B22" s="6">
-        <v>0.1255</v>
+        <v>0.1256</v>
       </c>
       <c r="F22" s="7">
-        <v>70563.0</v>
+        <v>78202.0</v>
       </c>
       <c r="H22" s="7">
-        <v>562110.0</v>
+        <v>622590.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="5">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B23" s="6">
-        <v>0.0874</v>
+        <v>0.1255</v>
       </c>
       <c r="F23" s="7">
-        <v>41423.0</v>
+        <v>70563.0</v>
       </c>
       <c r="H23" s="7">
-        <v>473957.0</v>
+        <v>562110.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="5">
+        <v>39082</v>
+      </c>
+      <c r="B24" s="6">
+        <v>0.0874</v>
+      </c>
+      <c r="F24" s="7">
+        <v>41423.0</v>
+      </c>
+      <c r="H24" s="7">
+        <v>473957.0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" s="5">
         <v>38717</v>
       </c>
-      <c r="B24" s="6">
+      <c r="B25" s="6">
         <v>0.1219</v>
       </c>
-      <c r="F24" s="7">
+      <c r="F25" s="7">
         <v>37696.0</v>
       </c>
-      <c r="H24" s="7">
+      <c r="H25" s="7">
         <v>309354.0</v>
       </c>
     </row>
-    <row r="25" spans="1:8">
-      <c r="A25" s="8" t="s">
+    <row r="26" spans="1:8">
+      <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B25" s="8"/>
-[...5 lines deleted...]
-      <c r="H25" s="8"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
+      <c r="D26" s="8"/>
+      <c r="E26" s="8"/>
+      <c r="F26" s="8"/>
+      <c r="G26" s="8"/>
+      <c r="H26" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G25"/>
+  <dimension ref="A1:G26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="G25" sqref="G25"/>
+      <selection activeCell="G26" sqref="G26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>0.4197</v>
+        <v>0.5426</v>
       </c>
       <c r="C5" s="6">
-        <v>0.3148</v>
+        <v>0.0</v>
       </c>
       <c r="D5" s="6">
         <v>0.0</v>
       </c>
       <c r="E5" s="6">
-        <v>0.0158</v>
+        <v>0.0</v>
       </c>
       <c r="F5" s="6">
         <v>0.0</v>
       </c>
       <c r="G5" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>0.4013</v>
+        <v>0.4197</v>
       </c>
       <c r="C6" s="6">
-        <v>0.5869</v>
+        <v>0.3148</v>
       </c>
       <c r="D6" s="6">
         <v>0.0</v>
       </c>
       <c r="E6" s="6">
-        <v>-0.082</v>
+        <v>0.0158</v>
       </c>
       <c r="F6" s="6">
         <v>0.0</v>
       </c>
       <c r="G6" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>0.3797</v>
+        <v>0.4013</v>
       </c>
       <c r="C7" s="6">
-        <v>0.3405</v>
+        <v>0.5869</v>
       </c>
       <c r="D7" s="6">
-        <v>1.0992</v>
+        <v>0.0</v>
       </c>
       <c r="E7" s="6">
-        <v>-0.2021</v>
+        <v>-0.082</v>
       </c>
       <c r="F7" s="6">
         <v>0.0</v>
       </c>
       <c r="G7" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>0.2842</v>
+        <v>0.3797</v>
       </c>
       <c r="C8" s="6">
-        <v>-0.0737</v>
+        <v>0.3405</v>
       </c>
       <c r="D8" s="6">
-        <v>0.1886</v>
+        <v>1.0992</v>
       </c>
       <c r="E8" s="6">
-        <v>-0.1003</v>
+        <v>-0.2021</v>
       </c>
       <c r="F8" s="6">
         <v>0.0</v>
       </c>
       <c r="G8" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>0.1761</v>
+        <v>0.2842</v>
       </c>
       <c r="C9" s="6">
-        <v>-1.58</v>
+        <v>-0.0737</v>
       </c>
       <c r="D9" s="6">
-        <v>0.0121</v>
+        <v>0.1886</v>
       </c>
       <c r="E9" s="6">
-        <v>-0.0981</v>
+        <v>-0.1003</v>
       </c>
       <c r="F9" s="6">
         <v>0.0</v>
       </c>
       <c r="G9" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="5">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B10" s="6">
-        <v>0.2081</v>
+        <v>0.1761</v>
       </c>
       <c r="C10" s="6">
-        <v>0.0</v>
+        <v>-1.58</v>
       </c>
       <c r="D10" s="6">
-        <v>0.82</v>
+        <v>0.0121</v>
       </c>
       <c r="E10" s="6">
-        <v>0.0</v>
+        <v>-0.0981</v>
       </c>
       <c r="F10" s="6">
         <v>0.0</v>
       </c>
       <c r="G10" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="5">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B11" s="6">
-        <v>0.1225</v>
+        <v>0.2081</v>
       </c>
       <c r="C11" s="6">
         <v>0.0</v>
       </c>
       <c r="D11" s="6">
-        <v>0.4551</v>
+        <v>0.82</v>
       </c>
       <c r="E11" s="6">
         <v>0.0</v>
       </c>
       <c r="F11" s="6">
         <v>0.0</v>
       </c>
       <c r="G11" s="6">
-        <v>3.8634</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="5">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B12" s="6">
-        <v>0.1292</v>
+        <v>0.1225</v>
       </c>
       <c r="C12" s="6">
         <v>0.0</v>
       </c>
       <c r="D12" s="6">
-        <v>0.2079</v>
+        <v>0.4551</v>
       </c>
       <c r="E12" s="6">
         <v>0.0</v>
       </c>
       <c r="F12" s="6">
         <v>0.0</v>
       </c>
       <c r="G12" s="6">
-        <v>0.5293</v>
+        <v>3.8634</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="5">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B13" s="6">
-        <v>0.0164</v>
+        <v>0.1292</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6">
-        <v>0.2174</v>
+        <v>0.2079</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6">
         <v>0.0</v>
       </c>
       <c r="G13" s="6">
-        <v>0.4789</v>
+        <v>0.5293</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="5">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B14" s="6">
-        <v>0.2235</v>
+        <v>0.0164</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6">
-        <v>0.2901</v>
+        <v>0.2174</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6">
-        <v>0.639</v>
+        <v>0.0</v>
       </c>
       <c r="G14" s="6">
-        <v>0.4739</v>
+        <v>0.4789</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="5">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B15" s="6">
-        <v>0.2213</v>
+        <v>0.2235</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6">
-        <v>0.2827</v>
+        <v>0.2901</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6">
-        <v>0.3702</v>
+        <v>0.639</v>
       </c>
       <c r="G15" s="6">
-        <v>0.3923</v>
+        <v>0.4739</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="5">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B16" s="6">
-        <v>0.2129</v>
+        <v>0.2213</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6">
-        <v>0.2739</v>
+        <v>0.2827</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6">
-        <v>0.3489</v>
+        <v>0.3702</v>
       </c>
       <c r="G16" s="6">
-        <v>0.0019</v>
+        <v>0.3923</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="5">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B17" s="6">
-        <v>0.2231</v>
+        <v>0.2129</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6">
-        <v>0.3643</v>
+        <v>0.2739</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6">
-        <v>0.3573</v>
+        <v>0.3489</v>
       </c>
       <c r="G17" s="6">
-        <v>0.2709</v>
+        <v>0.0019</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="5">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B18" s="6">
-        <v>0.2058</v>
+        <v>0.2231</v>
       </c>
       <c r="C18" s="6">
         <v>0.0</v>
       </c>
       <c r="D18" s="6">
-        <v>0.4104</v>
+        <v>0.3643</v>
       </c>
       <c r="E18" s="6">
         <v>0.0</v>
       </c>
       <c r="F18" s="6">
-        <v>0.3824</v>
+        <v>0.3573</v>
       </c>
       <c r="G18" s="6">
-        <v>0.2841</v>
+        <v>0.2709</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="5">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B19" s="6">
-        <v>0.2207</v>
+        <v>0.2058</v>
       </c>
       <c r="C19" s="6">
         <v>0.0</v>
       </c>
       <c r="D19" s="6">
-        <v>0.2909</v>
+        <v>0.4104</v>
       </c>
       <c r="E19" s="6">
         <v>0.0</v>
       </c>
       <c r="F19" s="6">
-        <v>0.338</v>
+        <v>0.3824</v>
       </c>
       <c r="G19" s="6">
-        <v>0.2573</v>
+        <v>0.2841</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="5">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B20" s="6">
-        <v>0.1803</v>
+        <v>0.2207</v>
       </c>
       <c r="C20" s="6">
         <v>0.0</v>
       </c>
       <c r="D20" s="6">
-        <v>0.3704</v>
+        <v>0.2909</v>
       </c>
       <c r="E20" s="6">
         <v>0.0</v>
       </c>
       <c r="F20" s="6">
-        <v>0.3243</v>
+        <v>0.338</v>
       </c>
       <c r="G20" s="6">
-        <v>0.1283</v>
+        <v>0.2573</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="5">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B21" s="6">
-        <v>0.1256</v>
+        <v>0.1803</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6">
-        <v>0.2649</v>
+        <v>0.3704</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6">
-        <v>0.3223</v>
+        <v>0.3243</v>
       </c>
       <c r="G21" s="6">
-        <v>0.1267</v>
+        <v>0.1283</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="5">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B22" s="6">
-        <v>0.1255</v>
+        <v>0.1256</v>
       </c>
       <c r="C22" s="6">
         <v>0.0</v>
       </c>
       <c r="D22" s="6">
-        <v>0.2712</v>
+        <v>0.2649</v>
       </c>
       <c r="E22" s="6">
         <v>0.0</v>
       </c>
       <c r="F22" s="6">
-        <v>0.1567</v>
+        <v>0.3223</v>
       </c>
       <c r="G22" s="6">
-        <v>0.2945</v>
+        <v>0.1267</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="5">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B23" s="6">
-        <v>0.0874</v>
+        <v>0.1255</v>
       </c>
       <c r="C23" s="6">
         <v>0.0</v>
       </c>
       <c r="D23" s="6">
-        <v>0.2136</v>
+        <v>0.2712</v>
       </c>
       <c r="E23" s="6">
         <v>0.0</v>
       </c>
       <c r="F23" s="6">
-        <v>0.2293</v>
+        <v>0.1567</v>
       </c>
       <c r="G23" s="6">
-        <v>0.2532</v>
+        <v>0.2945</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="5">
+        <v>39082</v>
+      </c>
+      <c r="B24" s="6">
+        <v>0.0874</v>
+      </c>
+      <c r="C24" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D24" s="6">
+        <v>0.2136</v>
+      </c>
+      <c r="E24" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F24" s="6">
+        <v>0.2293</v>
+      </c>
+      <c r="G24" s="6">
+        <v>0.2532</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
+      <c r="A25" s="5">
         <v>38717</v>
       </c>
-      <c r="B24" s="6">
+      <c r="B25" s="6">
         <v>0.1219</v>
       </c>
-      <c r="C24" s="6">
-[...2 lines deleted...]
-      <c r="D24" s="6">
+      <c r="C25" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D25" s="6">
         <v>0.5222</v>
       </c>
-      <c r="E24" s="6">
-[...2 lines deleted...]
-      <c r="F24" s="6">
+      <c r="E25" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F25" s="6">
         <v>0.1718</v>
       </c>
-      <c r="G24" s="6">
+      <c r="G25" s="6">
         <v>0.2365</v>
       </c>
     </row>
-    <row r="25" spans="1:7">
-      <c r="A25" s="8" t="s">
+    <row r="26" spans="1:7">
+      <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B25" s="8"/>
-[...4 lines deleted...]
-      <c r="G25" s="8"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
+      <c r="D26" s="8"/>
+      <c r="E26" s="8"/>
+      <c r="F26" s="8"/>
+      <c r="G26" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C25"/>
+  <dimension ref="A1:C26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C25" sqref="C25"/>
+      <selection activeCell="C26" sqref="C26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>0.4197</v>
+        <v>0.5426</v>
       </c>
       <c r="C5" s="6">
-        <v>4.8149</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>0.4013</v>
+        <v>0.4197</v>
       </c>
       <c r="C6" s="6">
-        <v>8.6351</v>
+        <v>4.8149</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>0.3797</v>
+        <v>0.4013</v>
       </c>
       <c r="C7" s="6">
-        <v>5.0632</v>
+        <v>8.6351</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>0.2842</v>
+        <v>0.3797</v>
       </c>
       <c r="C8" s="6">
-        <v>1.5936</v>
+        <v>5.0632</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>0.1761</v>
+        <v>0.2842</v>
       </c>
       <c r="C9" s="6">
-        <v>0.0</v>
+        <v>1.5936</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="5">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B10" s="6">
-        <v>0.2081</v>
+        <v>0.1761</v>
       </c>
       <c r="C10" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="5">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B11" s="6">
-        <v>0.1225</v>
+        <v>0.2081</v>
       </c>
       <c r="C11" s="6">
-        <v>2.8452</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="5">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B12" s="6">
-        <v>0.1292</v>
+        <v>0.1225</v>
       </c>
       <c r="C12" s="6">
-        <v>0.7155</v>
+        <v>2.8452</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="5">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B13" s="6">
-        <v>0.0164</v>
+        <v>0.1292</v>
       </c>
       <c r="C13" s="6">
-        <v>0.6484</v>
+        <v>0.7155</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="5">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B14" s="6">
-        <v>0.2235</v>
+        <v>0.0164</v>
       </c>
       <c r="C14" s="6">
-        <v>0.4328</v>
+        <v>0.6484</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="5">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B15" s="6">
-        <v>0.2213</v>
+        <v>0.2235</v>
       </c>
       <c r="C15" s="6">
-        <v>0.3377</v>
+        <v>0.4328</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="5">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B16" s="6">
-        <v>0.2129</v>
+        <v>0.2213</v>
       </c>
       <c r="C16" s="6">
-        <v>0.27</v>
+        <v>0.3377</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="5">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B17" s="6">
-        <v>0.2231</v>
+        <v>0.2129</v>
       </c>
       <c r="C17" s="6">
-        <v>0.3345</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="5">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B18" s="6">
-        <v>0.2058</v>
+        <v>0.2231</v>
       </c>
       <c r="C18" s="6">
-        <v>0.3581</v>
+        <v>0.3345</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="5">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B19" s="6">
-        <v>0.2207</v>
+        <v>0.2058</v>
       </c>
       <c r="C19" s="6">
-        <v>0.3152</v>
+        <v>0.3581</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="5">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B20" s="6">
-        <v>0.1803</v>
+        <v>0.2207</v>
       </c>
       <c r="C20" s="6">
-        <v>0.2909</v>
+        <v>0.3152</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="5">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B21" s="6">
-        <v>0.1256</v>
+        <v>0.1803</v>
       </c>
       <c r="C21" s="6">
-        <v>0.2845</v>
+        <v>0.2909</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="5">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B22" s="6">
-        <v>0.1255</v>
+        <v>0.1256</v>
       </c>
       <c r="C22" s="6">
-        <v>0.1762</v>
+        <v>0.2845</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="5">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B23" s="6">
-        <v>0.0874</v>
+        <v>0.1255</v>
       </c>
       <c r="C23" s="6">
-        <v>0.2282</v>
+        <v>0.1762</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="5">
+        <v>39082</v>
+      </c>
+      <c r="B24" s="6">
+        <v>0.0874</v>
+      </c>
+      <c r="C24" s="6">
+        <v>0.2282</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="5">
         <v>38717</v>
       </c>
-      <c r="B24" s="6">
+      <c r="B25" s="6">
         <v>0.1219</v>
       </c>
-      <c r="C24" s="6">
+      <c r="C25" s="6">
         <v>0.1857</v>
       </c>
     </row>
-    <row r="25" spans="1:3">
-      <c r="A25" s="8" t="s">
+    <row r="26" spans="1:3">
+      <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B25" s="8"/>
-      <c r="C25" s="8"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C25"/>
+  <dimension ref="A1:C26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C25" sqref="C25"/>
+      <selection activeCell="C26" sqref="C26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>0.4197</v>
+        <v>0.5426</v>
       </c>
       <c r="C5" s="6">
-        <v>0.2793</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>0.4013</v>
+        <v>0.4197</v>
       </c>
       <c r="C6" s="6">
-        <v>0.2993</v>
+        <v>0.2793</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>0.3797</v>
+        <v>0.4013</v>
       </c>
       <c r="C7" s="6">
-        <v>0.2078</v>
+        <v>0.2993</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>0.2842</v>
+        <v>0.3797</v>
       </c>
       <c r="C8" s="6">
-        <v>0.3371</v>
+        <v>0.2078</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>0.1761</v>
+        <v>0.2842</v>
       </c>
       <c r="C9" s="6">
-        <v>0.2449</v>
+        <v>0.3371</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="5">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B10" s="6">
-        <v>0.2081</v>
+        <v>0.1761</v>
       </c>
       <c r="C10" s="6">
-        <v>0.3462</v>
+        <v>0.2449</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="5">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B11" s="6">
-        <v>0.1225</v>
+        <v>0.2081</v>
       </c>
       <c r="C11" s="6">
-        <v>0.3433</v>
+        <v>0.3462</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="5">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B12" s="6">
-        <v>0.1292</v>
+        <v>0.1225</v>
       </c>
       <c r="C12" s="6">
-        <v>0.2285</v>
+        <v>0.3433</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="5">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B13" s="6">
-        <v>0.0164</v>
+        <v>0.1292</v>
       </c>
       <c r="C13" s="6">
-        <v>0.2874</v>
+        <v>0.2285</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="5">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B14" s="6">
-        <v>0.2235</v>
+        <v>0.0164</v>
       </c>
       <c r="C14" s="6">
-        <v>0.2903</v>
+        <v>0.2874</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="5">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B15" s="6">
-        <v>0.2213</v>
+        <v>0.2235</v>
       </c>
       <c r="C15" s="6">
-        <v>0.206</v>
+        <v>0.2903</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="5">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B16" s="6">
-        <v>0.2129</v>
+        <v>0.2213</v>
       </c>
       <c r="C16" s="6">
-        <v>0.2034</v>
+        <v>0.206</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="5">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B17" s="6">
-        <v>0.2231</v>
+        <v>0.2129</v>
       </c>
       <c r="C17" s="6">
-        <v>0.2197</v>
+        <v>0.2034</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="5">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B18" s="6">
-        <v>0.2058</v>
+        <v>0.2231</v>
       </c>
       <c r="C18" s="6">
-        <v>0.3492</v>
+        <v>0.2197</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="5">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B19" s="6">
-        <v>0.2207</v>
+        <v>0.2058</v>
       </c>
       <c r="C19" s="6">
-        <v>0.2434</v>
+        <v>0.3492</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="5">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B20" s="6">
-        <v>0.1803</v>
+        <v>0.2207</v>
       </c>
       <c r="C20" s="6">
-        <v>0.2532</v>
+        <v>0.2434</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="5">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B21" s="6">
-        <v>0.1256</v>
+        <v>0.1803</v>
       </c>
       <c r="C21" s="6">
-        <v>0.0164</v>
+        <v>0.2532</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="5">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B22" s="6">
-        <v>0.1255</v>
+        <v>0.1256</v>
       </c>
       <c r="C22" s="6">
-        <v>0.1606</v>
+        <v>0.0164</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="5">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B23" s="6">
-        <v>0.0874</v>
+        <v>0.1255</v>
       </c>
       <c r="C23" s="6">
-        <v>0.0384</v>
+        <v>0.1606</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="5">
+        <v>39082</v>
+      </c>
+      <c r="B24" s="6">
+        <v>0.0874</v>
+      </c>
+      <c r="C24" s="6">
+        <v>0.0384</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="5">
         <v>38717</v>
       </c>
-      <c r="B24" s="6">
+      <c r="B25" s="6">
         <v>0.1219</v>
       </c>
-      <c r="C24" s="6">
+      <c r="C25" s="6">
         <v>0.1992</v>
       </c>
     </row>
-    <row r="25" spans="1:3">
-      <c r="A25" s="8" t="s">
+    <row r="26" spans="1:3">
+      <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B25" s="8"/>
-      <c r="C25" s="8"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">