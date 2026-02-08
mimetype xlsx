--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1362,60 +1362,60 @@
       <c r="I15" s="7">
         <v>0.75</v>
       </c>
       <c r="J15" s="7">
         <v>0.89</v>
       </c>
       <c r="K15" s="7">
         <v>0.85</v>
       </c>
       <c r="L15" s="7">
         <v>0.85</v>
       </c>
       <c r="M15" s="7">
         <v>0.72</v>
       </c>
       <c r="N15" s="7">
         <v>0.92</v>
       </c>
       <c r="O15" s="7">
         <v>0.89</v>
       </c>
       <c r="P15" s="7">
         <v>0.92</v>
       </c>
       <c r="Q15" s="7">
-        <v>0.92</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="7">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="7">
-        <v>1.18</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="7">
-        <v>1.18</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B16" s="8"/>
       <c r="C16" s="8"/>
       <c r="D16" s="8"/>
       <c r="E16" s="8"/>
       <c r="F16" s="8"/>
       <c r="G16" s="8"/>
       <c r="H16" s="8"/>
       <c r="I16" s="8"/>
       <c r="J16" s="8"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8"/>
       <c r="P16" s="8"/>
       <c r="Q16" s="8"/>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="8"/>
@@ -2124,60 +2124,60 @@
       <c r="I20" s="7">
         <v>0.28</v>
       </c>
       <c r="J20" s="7">
         <v>0.36</v>
       </c>
       <c r="K20" s="7">
         <v>0.37</v>
       </c>
       <c r="L20" s="7">
         <v>0.31</v>
       </c>
       <c r="M20" s="7">
         <v>0.29</v>
       </c>
       <c r="N20" s="7">
         <v>0.48</v>
       </c>
       <c r="O20" s="7">
         <v>0.47</v>
       </c>
       <c r="P20" s="7">
         <v>0.44</v>
       </c>
       <c r="Q20" s="7">
-        <v>0.44</v>
+        <v>0.0</v>
       </c>
       <c r="R20" s="7">
-        <v>0.49</v>
+        <v>0.0</v>
       </c>
       <c r="S20" s="7">
-        <v>0.59</v>
+        <v>0.0</v>
       </c>
       <c r="T20" s="7">
-        <v>0.53</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="8"/>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="8"/>
       <c r="G21" s="8"/>
       <c r="H21" s="8"/>
       <c r="I21" s="8"/>
       <c r="J21" s="8"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8"/>
       <c r="P21" s="8"/>
       <c r="Q21" s="8"/>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="8"/>
@@ -2824,60 +2824,60 @@
       <c r="I19" s="7">
         <v>0.12</v>
       </c>
       <c r="J19" s="7">
         <v>0.14</v>
       </c>
       <c r="K19" s="7">
         <v>0.15</v>
       </c>
       <c r="L19" s="7">
         <v>0.11</v>
       </c>
       <c r="M19" s="7">
         <v>0.12</v>
       </c>
       <c r="N19" s="7">
         <v>0.26</v>
       </c>
       <c r="O19" s="7">
         <v>0.25</v>
       </c>
       <c r="P19" s="7">
         <v>0.23</v>
       </c>
       <c r="Q19" s="7">
-        <v>0.23</v>
+        <v>0.0</v>
       </c>
       <c r="R19" s="7">
-        <v>0.25</v>
+        <v>0.0</v>
       </c>
       <c r="S19" s="7">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
       <c r="T19" s="7">
-        <v>0.26</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B20" s="8"/>
       <c r="C20" s="8"/>
       <c r="D20" s="8"/>
       <c r="E20" s="8"/>
       <c r="F20" s="8"/>
       <c r="G20" s="8"/>
       <c r="H20" s="8"/>
       <c r="I20" s="8"/>
       <c r="J20" s="8"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8"/>
       <c r="P20" s="8"/>
       <c r="Q20" s="8"/>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="8"/>