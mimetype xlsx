--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -929,60 +929,60 @@
       <c r="I14" s="13">
         <v>305.0</v>
       </c>
       <c r="J14" s="13">
         <v>278.0</v>
       </c>
       <c r="K14" s="13">
         <v>291.0</v>
       </c>
       <c r="L14" s="13">
         <v>330.0</v>
       </c>
       <c r="M14" s="13">
         <v>316.0</v>
       </c>
       <c r="N14" s="13">
         <v>237.0</v>
       </c>
       <c r="O14" s="13">
         <v>259.0</v>
       </c>
       <c r="P14" s="13">
         <v>306.0</v>
       </c>
       <c r="Q14" s="13">
-        <v>317.0</v>
+        <v>0.0</v>
       </c>
       <c r="R14" s="13">
-        <v>305.0</v>
+        <v>0.0</v>
       </c>
       <c r="S14" s="13">
-        <v>330.0</v>
+        <v>0.0</v>
       </c>
       <c r="T14" s="13">
-        <v>349.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="14" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="14"/>
       <c r="C15" s="14"/>
       <c r="D15" s="14"/>
       <c r="E15" s="14"/>
       <c r="F15" s="14"/>
       <c r="G15" s="14"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="14"/>
       <c r="L15" s="14"/>
       <c r="M15" s="14"/>
       <c r="N15" s="14"/>
       <c r="O15" s="14"/>
       <c r="P15" s="14"/>
       <c r="Q15" s="14"/>
       <c r="R15" s="14"/>
       <c r="S15" s="14"/>
       <c r="T15" s="14"/>