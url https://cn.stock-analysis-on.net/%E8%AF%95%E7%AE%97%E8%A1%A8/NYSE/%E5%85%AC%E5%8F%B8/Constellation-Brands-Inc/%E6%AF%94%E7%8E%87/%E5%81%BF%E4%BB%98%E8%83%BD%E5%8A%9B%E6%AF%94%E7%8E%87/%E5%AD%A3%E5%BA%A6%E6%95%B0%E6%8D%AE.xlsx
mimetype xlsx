--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -2927,60 +2927,60 @@
       <c r="A20" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B20" s="8">
         <v>1.25</v>
       </c>
       <c r="C20" s="8">
         <v>1.25</v>
       </c>
       <c r="D20" s="8">
         <v>1.23</v>
       </c>
       <c r="E20" s="8">
         <v>1.26</v>
       </c>
       <c r="F20" s="8">
         <v>1.51</v>
       </c>
       <c r="G20" s="8">
         <v>1.48</v>
       </c>
       <c r="H20" s="8">
         <v>1.52</v>
       </c>
       <c r="I20" s="8">
-        <v>1.57</v>
+        <v>0.0</v>
       </c>
       <c r="J20" s="8">
-        <v>1.57</v>
+        <v>0.0</v>
       </c>
       <c r="K20" s="8">
-        <v>1.62</v>
+        <v>0.0</v>
       </c>
       <c r="L20" s="8">
-        <v>1.65</v>
+        <v>0.0</v>
       </c>
       <c r="M20" s="8">
         <v>0.0</v>
       </c>
       <c r="N20" s="8">
         <v>0.0</v>
       </c>
       <c r="O20" s="8">
         <v>0.0</v>
       </c>
       <c r="P20" s="8">
         <v>0.0</v>
       </c>
       <c r="Q20" s="8">
         <v>0.0</v>
       </c>
       <c r="R20" s="8">
         <v>0.0</v>
       </c>
       <c r="S20" s="8">
         <v>0.0</v>
       </c>
       <c r="T20" s="8">
         <v>0.0</v>
       </c>
@@ -3825,60 +3825,60 @@
       <c r="A20" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B20" s="8">
         <v>0.76</v>
       </c>
       <c r="C20" s="8">
         <v>0.77</v>
       </c>
       <c r="D20" s="8">
         <v>0.76</v>
       </c>
       <c r="E20" s="8">
         <v>0.7</v>
       </c>
       <c r="F20" s="8">
         <v>0.67</v>
       </c>
       <c r="G20" s="8">
         <v>0.68</v>
       </c>
       <c r="H20" s="8">
         <v>0.7</v>
       </c>
       <c r="I20" s="8">
-        <v>0.67</v>
+        <v>0.0</v>
       </c>
       <c r="J20" s="8">
-        <v>0.7</v>
+        <v>0.0</v>
       </c>
       <c r="K20" s="8">
-        <v>0.72</v>
+        <v>0.0</v>
       </c>
       <c r="L20" s="8">
-        <v>0.74</v>
+        <v>0.0</v>
       </c>
       <c r="M20" s="8">
         <v>0.0</v>
       </c>
       <c r="N20" s="8">
         <v>0.0</v>
       </c>
       <c r="O20" s="8">
         <v>0.0</v>
       </c>
       <c r="P20" s="8">
         <v>0.0</v>
       </c>
       <c r="Q20" s="8">
         <v>0.0</v>
       </c>
       <c r="R20" s="8">
         <v>0.0</v>
       </c>
       <c r="S20" s="8">
         <v>0.0</v>
       </c>
       <c r="T20" s="8">
         <v>0.0</v>
       </c>