--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -796,51 +796,51 @@
       </c>
       <c r="D17" s="13">
         <v>0.0</v>
       </c>
       <c r="E17" s="13">
         <v>0.0</v>
       </c>
       <c r="F17" s="13">
         <v>0.0</v>
       </c>
       <c r="G17" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="13">
         <v>4.35</v>
       </c>
       <c r="C18" s="13">
         <v>4.69</v>
       </c>
       <c r="D18" s="13">
-        <v>4.06</v>
+        <v>0.0</v>
       </c>
       <c r="E18" s="13">
         <v>0.0</v>
       </c>
       <c r="F18" s="13">
         <v>0.0</v>
       </c>
       <c r="G18" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="28.8">
       <c r="A19" s="11" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="13">
         <v>3.51</v>
       </c>
       <c r="C20" s="13">
         <v>3.45</v>