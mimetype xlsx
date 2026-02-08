--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -744,51 +744,51 @@
       </c>
       <c r="D14" s="12">
         <v>0.0</v>
       </c>
       <c r="E14" s="12">
         <v>0.0</v>
       </c>
       <c r="F14" s="12">
         <v>0.0</v>
       </c>
       <c r="G14" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="12">
         <v>14.78</v>
       </c>
       <c r="C15" s="12">
         <v>13.64</v>
       </c>
       <c r="D15" s="12">
-        <v>12.59</v>
+        <v>0.0</v>
       </c>
       <c r="E15" s="12">
         <v>0.0</v>
       </c>
       <c r="F15" s="12">
         <v>0.0</v>
       </c>
       <c r="G15" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="28.8">
       <c r="A16" s="10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="12">
         <v>18.49</v>
       </c>
       <c r="C17" s="12">
         <v>17.050000000000001</v>