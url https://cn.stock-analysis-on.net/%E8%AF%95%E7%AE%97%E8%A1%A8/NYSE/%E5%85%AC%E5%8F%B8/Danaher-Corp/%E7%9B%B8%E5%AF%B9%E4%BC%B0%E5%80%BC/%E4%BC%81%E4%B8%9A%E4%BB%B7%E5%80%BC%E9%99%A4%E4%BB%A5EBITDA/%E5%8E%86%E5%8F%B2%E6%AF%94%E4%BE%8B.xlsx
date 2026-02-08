--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -850,51 +850,51 @@
       </c>
       <c r="E19" s="12">
         <v>8.64</v>
       </c>
       <c r="F19" s="12">
         <v>15.78</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="12">
         <v>13.55</v>
       </c>
       <c r="C20" s="12">
         <v>20.16</v>
       </c>
       <c r="D20" s="12">
         <v>15.27</v>
       </c>
       <c r="E20" s="12">
         <v>6.68</v>
       </c>
       <c r="F20" s="12">
-        <v>12.7</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="12">
         <v>19.89</v>
       </c>
       <c r="C21" s="12">
         <v>21.83</v>
       </c>
       <c r="D21" s="12">
         <v>20.25</v>
       </c>
       <c r="E21" s="12">
         <v>20.21</v>
       </c>
       <c r="F21" s="12">
         <v>18.72</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>19</v>