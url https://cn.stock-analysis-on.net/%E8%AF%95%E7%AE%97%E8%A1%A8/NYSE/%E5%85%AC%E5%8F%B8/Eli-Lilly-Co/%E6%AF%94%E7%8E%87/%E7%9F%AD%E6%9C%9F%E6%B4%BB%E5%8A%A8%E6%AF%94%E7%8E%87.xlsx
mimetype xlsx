--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -1331,51 +1331,51 @@
       </c>
       <c r="E21" s="8">
         <v>92.0</v>
       </c>
       <c r="F21" s="8">
         <v>225.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="8">
         <v>586.0</v>
       </c>
       <c r="C22" s="8">
         <v>555.0</v>
       </c>
       <c r="D22" s="8">
         <v>584.0</v>
       </c>
       <c r="E22" s="8">
         <v>345.0</v>
       </c>
       <c r="F22" s="8">
-        <v>647.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="8">
         <v>97.0</v>
       </c>
       <c r="C23" s="8">
         <v>101.0</v>
       </c>
       <c r="D23" s="8">
         <v>97.0</v>
       </c>
       <c r="E23" s="8">
         <v>115.0</v>
       </c>
       <c r="F23" s="8">
         <v>107.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="16" t="s">
         <v>29</v>
@@ -1742,51 +1742,51 @@
       </c>
       <c r="E19" s="7">
         <v>3.4</v>
       </c>
       <c r="F19" s="7">
         <v>1.08</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B20" s="7">
         <v>0.64</v>
       </c>
       <c r="C20" s="7">
         <v>0.7</v>
       </c>
       <c r="D20" s="7">
         <v>0.65</v>
       </c>
       <c r="E20" s="7">
         <v>1.25</v>
       </c>
       <c r="F20" s="7">
-        <v>0.58</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="7">
         <v>5.06</v>
       </c>
       <c r="C21" s="7">
         <v>5.06</v>
       </c>
       <c r="D21" s="7">
         <v>4.6</v>
       </c>
       <c r="E21" s="7">
         <v>3.88</v>
       </c>
       <c r="F21" s="7">
         <v>4.02</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="16" t="s">
         <v>29</v>
@@ -2153,51 +2153,51 @@
       </c>
       <c r="E19" s="7">
         <v>7.16</v>
       </c>
       <c r="F19" s="7">
         <v>5.38</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B20" s="7">
         <v>2.29</v>
       </c>
       <c r="C20" s="7">
         <v>2.31</v>
       </c>
       <c r="D20" s="7">
         <v>2.28</v>
       </c>
       <c r="E20" s="7">
         <v>2.66</v>
       </c>
       <c r="F20" s="7">
-        <v>2.07</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="7">
         <v>5.23</v>
       </c>
       <c r="C21" s="7">
         <v>5.21</v>
       </c>
       <c r="D21" s="7">
         <v>5.53</v>
       </c>
       <c r="E21" s="7">
         <v>4.92</v>
       </c>
       <c r="F21" s="7">
         <v>5.61</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="16" t="s">
         <v>29</v>
@@ -2564,51 +2564,51 @@
       </c>
       <c r="E19" s="7">
         <v>5.53</v>
       </c>
       <c r="F19" s="7">
         <v>2.02</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B20" s="7">
         <v>2.5</v>
       </c>
       <c r="C20" s="7">
         <v>2.99</v>
       </c>
       <c r="D20" s="7">
         <v>2.65</v>
       </c>
       <c r="E20" s="7">
         <v>4.32</v>
       </c>
       <c r="F20" s="7">
-        <v>2.36</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="7">
         <v>8.18</v>
       </c>
       <c r="C21" s="7">
         <v>8.97</v>
       </c>
       <c r="D21" s="7">
         <v>7.67</v>
       </c>
       <c r="E21" s="7">
         <v>6.83</v>
       </c>
       <c r="F21" s="7">
         <v>7.45</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="16" t="s">
         <v>29</v>
@@ -3015,51 +3015,51 @@
       </c>
       <c r="E22" s="7">
         <v>4.83</v>
       </c>
       <c r="F22" s="7">
         <v>4.67</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="7">
         <v>0.97</v>
       </c>
       <c r="C23" s="7">
         <v>0.82</v>
       </c>
       <c r="D23" s="7">
         <v>0.96</v>
       </c>
       <c r="E23" s="7">
         <v>1.59</v>
       </c>
       <c r="F23" s="7">
-        <v>1.2</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B24" s="7">
         <v>4.87</v>
       </c>
       <c r="C24" s="7">
         <v>4.05</v>
       </c>
       <c r="D24" s="7">
         <v>5.46</v>
       </c>
       <c r="E24" s="7">
         <v>5.87</v>
       </c>
       <c r="F24" s="7">
         <v>2.76</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="16" t="s">
         <v>29</v>
@@ -3406,51 +3406,51 @@
       </c>
       <c r="E18" s="8">
         <v>107.0</v>
       </c>
       <c r="F18" s="8">
         <v>338.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="8">
         <v>572.0</v>
       </c>
       <c r="C19" s="8">
         <v>519.0</v>
       </c>
       <c r="D19" s="8">
         <v>562.0</v>
       </c>
       <c r="E19" s="8">
         <v>292.0</v>
       </c>
       <c r="F19" s="8">
-        <v>625.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="8">
         <v>72.0</v>
       </c>
       <c r="C20" s="8">
         <v>72.0</v>
       </c>
       <c r="D20" s="8">
         <v>79.0</v>
       </c>
       <c r="E20" s="8">
         <v>94.0</v>
       </c>
       <c r="F20" s="8">
         <v>91.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="16" t="s">
         <v>29</v>
@@ -3797,51 +3797,51 @@
       </c>
       <c r="E18" s="8">
         <v>51.0</v>
       </c>
       <c r="F18" s="8">
         <v>68.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="8">
         <v>160.0</v>
       </c>
       <c r="C19" s="8">
         <v>158.0</v>
       </c>
       <c r="D19" s="8">
         <v>160.0</v>
       </c>
       <c r="E19" s="8">
         <v>137.0</v>
       </c>
       <c r="F19" s="8">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="8">
         <v>70.0</v>
       </c>
       <c r="C20" s="8">
         <v>70.0</v>
       </c>
       <c r="D20" s="8">
         <v>66.0</v>
       </c>
       <c r="E20" s="8">
         <v>74.0</v>
       </c>
       <c r="F20" s="8">
         <v>65.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="16" t="s">
         <v>29</v>
@@ -4213,51 +4213,51 @@
       </c>
       <c r="E20" s="8">
         <v>158.0</v>
       </c>
       <c r="F20" s="8">
         <v>406.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B21" s="8">
         <v>732.0</v>
       </c>
       <c r="C21" s="8">
         <v>677.0</v>
       </c>
       <c r="D21" s="8">
         <v>722.0</v>
       </c>
       <c r="E21" s="8">
         <v>429.0</v>
       </c>
       <c r="F21" s="8">
-        <v>802.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="8">
         <v>142.0</v>
       </c>
       <c r="C22" s="8">
         <v>142.0</v>
       </c>
       <c r="D22" s="8">
         <v>145.0</v>
       </c>
       <c r="E22" s="8">
         <v>168.0</v>
       </c>
       <c r="F22" s="8">
         <v>156.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="16" t="s">
         <v>29</v>
@@ -4604,51 +4604,51 @@
       </c>
       <c r="E18" s="8">
         <v>66.0</v>
       </c>
       <c r="F18" s="8">
         <v>181.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="8">
         <v>146.0</v>
       </c>
       <c r="C19" s="8">
         <v>122.0</v>
       </c>
       <c r="D19" s="8">
         <v>138.0</v>
       </c>
       <c r="E19" s="8">
         <v>84.0</v>
       </c>
       <c r="F19" s="8">
-        <v>155.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="8">
         <v>45.0</v>
       </c>
       <c r="C20" s="8">
         <v>41.0</v>
       </c>
       <c r="D20" s="8">
         <v>48.0</v>
       </c>
       <c r="E20" s="8">
         <v>53.0</v>
       </c>
       <c r="F20" s="8">
         <v>49.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="16" t="s">
         <v>29</v>