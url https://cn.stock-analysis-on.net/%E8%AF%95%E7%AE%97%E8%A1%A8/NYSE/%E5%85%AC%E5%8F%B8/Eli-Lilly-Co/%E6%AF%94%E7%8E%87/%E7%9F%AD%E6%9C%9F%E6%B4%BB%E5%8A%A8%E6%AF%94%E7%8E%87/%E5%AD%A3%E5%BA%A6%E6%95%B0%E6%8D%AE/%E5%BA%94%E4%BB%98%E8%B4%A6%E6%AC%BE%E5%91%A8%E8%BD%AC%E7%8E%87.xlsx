--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1325,60 +1325,60 @@
       <c r="I20" s="13">
         <v>2.99</v>
       </c>
       <c r="J20" s="13">
         <v>3.43</v>
       </c>
       <c r="K20" s="13">
         <v>3.14</v>
       </c>
       <c r="L20" s="13">
         <v>2.69</v>
       </c>
       <c r="M20" s="13">
         <v>2.65</v>
       </c>
       <c r="N20" s="13">
         <v>3.74</v>
       </c>
       <c r="O20" s="13">
         <v>4.0</v>
       </c>
       <c r="P20" s="13">
         <v>5.39</v>
       </c>
       <c r="Q20" s="13">
-        <v>4.32</v>
+        <v>0.0</v>
       </c>
       <c r="R20" s="13">
-        <v>4.23</v>
+        <v>0.0</v>
       </c>
       <c r="S20" s="13">
-        <v>3.42</v>
+        <v>0.0</v>
       </c>
       <c r="T20" s="13">
-        <v>2.23</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="13">
         <v>8.23</v>
       </c>
       <c r="C21" s="13">
         <v>8.53</v>
       </c>
       <c r="D21" s="13">
         <v>8.25</v>
       </c>
       <c r="E21" s="13">
         <v>8.18</v>
       </c>
       <c r="F21" s="13">
         <v>9.63</v>
       </c>
       <c r="G21" s="13">
         <v>9.85</v>
       </c>
       <c r="H21" s="13">