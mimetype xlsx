--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -824,51 +824,51 @@
       </c>
       <c r="E18" s="12">
         <v>66.0</v>
       </c>
       <c r="F18" s="12">
         <v>181.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="12">
         <v>146.0</v>
       </c>
       <c r="C19" s="12">
         <v>122.0</v>
       </c>
       <c r="D19" s="12">
         <v>138.0</v>
       </c>
       <c r="E19" s="12">
         <v>84.0</v>
       </c>
       <c r="F19" s="12">
-        <v>155.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="12">
         <v>45.0</v>
       </c>
       <c r="C20" s="12">
         <v>41.0</v>
       </c>
       <c r="D20" s="12">
         <v>48.0</v>
       </c>
       <c r="E20" s="12">
         <v>53.0</v>
       </c>
       <c r="F20" s="12">
         <v>49.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="11" t="s">
         <v>17</v>