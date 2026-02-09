--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -874,51 +874,51 @@
       </c>
       <c r="E21" s="7">
         <v>92.0</v>
       </c>
       <c r="F21" s="7">
         <v>225.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="7">
         <v>586.0</v>
       </c>
       <c r="C22" s="7">
         <v>555.0</v>
       </c>
       <c r="D22" s="7">
         <v>584.0</v>
       </c>
       <c r="E22" s="7">
         <v>345.0</v>
       </c>
       <c r="F22" s="7">
-        <v>647.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="7">
         <v>97.0</v>
       </c>
       <c r="C23" s="7">
         <v>101.0</v>
       </c>
       <c r="D23" s="7">
         <v>97.0</v>
       </c>
       <c r="E23" s="7">
         <v>115.0</v>
       </c>
       <c r="F23" s="7">
         <v>107.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="11" t="s">
         <v>20</v>