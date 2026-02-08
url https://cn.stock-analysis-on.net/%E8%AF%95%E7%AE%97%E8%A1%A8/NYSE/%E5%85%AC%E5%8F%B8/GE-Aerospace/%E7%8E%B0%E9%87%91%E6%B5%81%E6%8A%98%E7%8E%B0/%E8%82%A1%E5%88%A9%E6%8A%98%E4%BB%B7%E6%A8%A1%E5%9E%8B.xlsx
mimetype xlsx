--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -767,70 +767,70 @@
         <v>0.91</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="4">
         <v>5</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="5">
         <v>2.49</v>
       </c>
       <c r="D10" s="5">
         <v>0.91</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="4">
         <v>5</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="5">
-        <v>529.38</v>
+        <v>554.97000000000003</v>
       </c>
       <c r="D11" s="5">
-        <v>192.68000000000001</v>
+        <v>201.99000000000001</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D12" s="7">
-        <v>197.69</v>
+        <v>207.0</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="8">
-        <v>306.37</v>
+        <v>321.0</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="9"/>
       <c r="C14" s="9"/>
       <c r="D14" s="9"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A12:C12"/>
     <mergeCell ref="A13:C13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1270,84 +1270,84 @@
         <v>3</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="4">
         <v>1</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="C5" s="12">
         <v>0.0174</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="4">
         <v>2</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="12">
-        <v>0.0676</v>
+        <v>0.0677</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="4">
         <v>3</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="C7" s="12">
-        <v>0.1178</v>
+        <v>0.118</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="4">
         <v>4</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C8" s="12">
-        <v>0.1681</v>
+        <v>0.1683</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>48</v>
       </c>
       <c r="C9" s="12">
-        <v>0.2183</v>
+        <v>0.2186</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="9"/>
       <c r="C10" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>