--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1323,60 +1323,60 @@
       <c r="G20" s="15">
         <v>0.77</v>
       </c>
       <c r="H20" s="15">
         <v>0.84</v>
       </c>
       <c r="I20" s="15">
         <v>0.91</v>
       </c>
       <c r="J20" s="15">
         <v>1.0</v>
       </c>
       <c r="K20" s="15">
         <v>1.06</v>
       </c>
       <c r="L20" s="15">
         <v>1.05</v>
       </c>
       <c r="M20" s="15">
         <v>1.08</v>
       </c>
       <c r="N20" s="15">
         <v>0.97</v>
       </c>
       <c r="O20" s="15">
-        <v>0.96</v>
+        <v>0.0</v>
       </c>
       <c r="P20" s="15">
-        <v>1.07</v>
+        <v>0.0</v>
       </c>
       <c r="Q20" s="15">
-        <v>1.07</v>
+        <v>0.0</v>
       </c>
       <c r="R20" s="15">
-        <v>0.98</v>
+        <v>0.0</v>
       </c>
       <c r="S20" s="15">
         <v>0.0</v>
       </c>
       <c r="T20" s="15">
         <v>0.0</v>
       </c>
       <c r="U20" s="15">
         <v>0.0</v>
       </c>
       <c r="V20" s="15">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:22">
       <c r="A21" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="15">
         <v>28.030000000000001</v>
       </c>
       <c r="C21" s="15">
         <v>50.039999999999999</v>
       </c>
       <c r="D21" s="15">