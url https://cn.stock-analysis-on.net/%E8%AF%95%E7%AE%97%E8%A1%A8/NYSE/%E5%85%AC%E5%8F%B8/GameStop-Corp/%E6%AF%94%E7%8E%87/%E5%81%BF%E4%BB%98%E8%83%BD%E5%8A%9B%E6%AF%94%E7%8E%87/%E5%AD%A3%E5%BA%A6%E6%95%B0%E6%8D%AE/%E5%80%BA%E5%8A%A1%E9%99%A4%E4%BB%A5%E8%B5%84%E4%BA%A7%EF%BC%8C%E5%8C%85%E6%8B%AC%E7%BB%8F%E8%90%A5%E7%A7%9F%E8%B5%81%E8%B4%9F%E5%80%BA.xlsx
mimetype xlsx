--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1323,60 +1323,60 @@
       <c r="G20" s="15">
         <v>0.29</v>
       </c>
       <c r="H20" s="15">
         <v>0.32</v>
       </c>
       <c r="I20" s="15">
         <v>0.32</v>
       </c>
       <c r="J20" s="15">
         <v>0.33</v>
       </c>
       <c r="K20" s="15">
         <v>0.33</v>
       </c>
       <c r="L20" s="15">
         <v>0.34</v>
       </c>
       <c r="M20" s="15">
         <v>0.34</v>
       </c>
       <c r="N20" s="15">
         <v>0.32</v>
       </c>
       <c r="O20" s="15">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
       <c r="P20" s="15">
-        <v>0.34</v>
+        <v>0.0</v>
       </c>
       <c r="Q20" s="15">
-        <v>0.34</v>
+        <v>0.0</v>
       </c>
       <c r="R20" s="15">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
       <c r="S20" s="15">
         <v>0.0</v>
       </c>
       <c r="T20" s="15">
         <v>0.0</v>
       </c>
       <c r="U20" s="15">
         <v>0.0</v>
       </c>
       <c r="V20" s="15">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:22">
       <c r="A21" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="15">
         <v>0.64</v>
       </c>
       <c r="C21" s="15">
         <v>0.68</v>
       </c>
       <c r="D21" s="15">