--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1141,60 +1141,60 @@
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="10">
         <v>13.68</v>
       </c>
       <c r="C18" s="10">
         <v>13.050000000000001</v>
       </c>
       <c r="D18" s="10">
         <v>12.96</v>
       </c>
       <c r="E18" s="10">
         <v>11.31</v>
       </c>
       <c r="F18" s="10">
         <v>11.81</v>
       </c>
       <c r="G18" s="10">
         <v>12.37</v>
       </c>
       <c r="H18" s="10">
-        <v>12.9</v>
+        <v>0.0</v>
       </c>
       <c r="I18" s="10">
-        <v>11.42</v>
+        <v>0.0</v>
       </c>
       <c r="J18" s="10">
-        <v>12.23</v>
+        <v>0.0</v>
       </c>
       <c r="K18" s="10">
-        <v>11.95</v>
+        <v>0.0</v>
       </c>
       <c r="L18" s="10">
         <v>0.0</v>
       </c>
       <c r="M18" s="10">
         <v>0.0</v>
       </c>
       <c r="N18" s="10">
         <v>0.0</v>
       </c>
       <c r="O18" s="10">
         <v>0.0</v>
       </c>
       <c r="P18" s="10">
         <v>0.0</v>
       </c>
       <c r="Q18" s="10">
         <v>0.0</v>
       </c>
       <c r="R18" s="10">
         <v>0.0</v>
       </c>
       <c r="S18" s="10">
         <v>0.0</v>
       </c>