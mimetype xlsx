--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -790,54 +790,54 @@
         <v>22.68</v>
       </c>
       <c r="C18" s="12">
         <v>20.44</v>
       </c>
       <c r="D18" s="12">
         <v>23.51</v>
       </c>
       <c r="E18" s="12">
         <v>0.0</v>
       </c>
       <c r="F18" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="12">
-        <v>25.94</v>
+        <v>25.98</v>
       </c>
       <c r="C20" s="12">
-        <v>18.56</v>
+        <v>18.66</v>
       </c>
       <c r="D20" s="12">
         <v>17.8</v>
       </c>
       <c r="E20" s="12">
         <v>0.0</v>
       </c>
       <c r="F20" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="13"/>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>