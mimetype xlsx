--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -971,51 +971,51 @@
       </c>
       <c r="E24" s="15">
         <v>0.35</v>
       </c>
       <c r="F24" s="15">
         <v>0.39</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="15">
         <v>0.09</v>
       </c>
       <c r="C25" s="15">
         <v>0.1</v>
       </c>
       <c r="D25" s="15">
         <v>0.11</v>
       </c>
       <c r="E25" s="15">
         <v>0.13</v>
       </c>
       <c r="F25" s="15">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B26" s="15">
         <v>0.4</v>
       </c>
       <c r="C26" s="15">
         <v>0.44</v>
       </c>
       <c r="D26" s="15">
         <v>0.45</v>
       </c>
       <c r="E26" s="15">
         <v>0.47</v>
       </c>
       <c r="F26" s="15">
         <v>0.4</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="14" t="s">
         <v>23</v>