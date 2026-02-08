--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1207,51 +1207,51 @@
       </c>
       <c r="D16" s="8">
         <v>-14.0</v>
       </c>
       <c r="E16" s="8">
         <v>0.0</v>
       </c>
       <c r="F16" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="8">
         <v>224.0</v>
       </c>
       <c r="C17" s="8">
         <v>230.0</v>
       </c>
       <c r="D17" s="8">
         <v>232.0</v>
       </c>
       <c r="E17" s="8">
-        <v>297.0</v>
+        <v>0.0</v>
       </c>
       <c r="F17" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="28.8">
       <c r="A18" s="15" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="16" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="8">
         <v>16.0</v>
       </c>
       <c r="C19" s="8">
         <v>19.0</v>
       </c>
       <c r="D19" s="8">
         <v>12.0</v>
       </c>
       <c r="E19" s="8">
         <v>0.0</v>
@@ -1478,51 +1478,51 @@
       </c>
       <c r="D14" s="7">
         <v>8.53</v>
       </c>
       <c r="E14" s="7">
         <v>0.0</v>
       </c>
       <c r="F14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="7">
         <v>1.2</v>
       </c>
       <c r="C15" s="7">
         <v>1.15</v>
       </c>
       <c r="D15" s="7">
         <v>1.15</v>
       </c>
       <c r="E15" s="7">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="28.8">
       <c r="A16" s="15" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="16" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="7">
         <v>3.96</v>
       </c>
       <c r="C17" s="7">
         <v>3.97</v>
       </c>
       <c r="D17" s="7">
         <v>4.17</v>
       </c>
       <c r="E17" s="7">
         <v>0.0</v>
@@ -1749,51 +1749,51 @@
       </c>
       <c r="D14" s="7">
         <v>9.16</v>
       </c>
       <c r="E14" s="7">
         <v>0.0</v>
       </c>
       <c r="F14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="7">
         <v>10.16</v>
       </c>
       <c r="C15" s="7">
         <v>8.25</v>
       </c>
       <c r="D15" s="7">
         <v>10.06</v>
       </c>
       <c r="E15" s="7">
-        <v>9.88</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="28.8">
       <c r="A16" s="15" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="16" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="7">
         <v>9.78</v>
       </c>
       <c r="C17" s="7">
         <v>9.36</v>
       </c>
       <c r="D17" s="7">
         <v>10.1</v>
       </c>
       <c r="E17" s="7">
         <v>0.0</v>
@@ -2020,51 +2020,51 @@
       </c>
       <c r="D14" s="7">
         <v>3.77</v>
       </c>
       <c r="E14" s="7">
         <v>0.0</v>
       </c>
       <c r="F14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="7">
         <v>3.11</v>
       </c>
       <c r="C15" s="7">
         <v>2.8</v>
       </c>
       <c r="D15" s="7">
         <v>3.0099999999999998</v>
       </c>
       <c r="E15" s="7">
-        <v>3.44</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="28.8">
       <c r="A16" s="15" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="16" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="7">
         <v>3.22</v>
       </c>
       <c r="C17" s="7">
         <v>3.26</v>
       </c>
       <c r="D17" s="7">
         <v>3.26</v>
       </c>
       <c r="E17" s="7">
         <v>0.0</v>
@@ -2331,51 +2331,51 @@
       </c>
       <c r="D17" s="7">
         <v>0.0</v>
       </c>
       <c r="E17" s="7">
         <v>0.0</v>
       </c>
       <c r="F17" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B18" s="7">
         <v>0.0</v>
       </c>
       <c r="C18" s="7">
         <v>0.0</v>
       </c>
       <c r="D18" s="7">
         <v>0.0</v>
       </c>
       <c r="E18" s="7">
-        <v>15.29</v>
+        <v>0.0</v>
       </c>
       <c r="F18" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="15" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="16" t="s">
         <v>24</v>
       </c>
       <c r="B20" s="7">
         <v>0.0</v>
       </c>
       <c r="C20" s="7">
         <v>0.0</v>
       </c>
       <c r="D20" s="7">
         <v>0.0</v>
       </c>
       <c r="E20" s="7">
         <v>0.0</v>
@@ -2582,51 +2582,51 @@
       </c>
       <c r="D13" s="8">
         <v>43.0</v>
       </c>
       <c r="E13" s="8">
         <v>0.0</v>
       </c>
       <c r="F13" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>305.0</v>
       </c>
       <c r="C14" s="8">
         <v>316.0</v>
       </c>
       <c r="D14" s="8">
         <v>317.0</v>
       </c>
       <c r="E14" s="8">
-        <v>366.0</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="28.8">
       <c r="A15" s="15" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="16" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>92.0</v>
       </c>
       <c r="C16" s="8">
         <v>92.0</v>
       </c>
       <c r="D16" s="8">
         <v>88.0</v>
       </c>
       <c r="E16" s="8">
         <v>0.0</v>
@@ -2833,51 +2833,51 @@
       </c>
       <c r="D13" s="8">
         <v>40.0</v>
       </c>
       <c r="E13" s="8">
         <v>0.0</v>
       </c>
       <c r="F13" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>36.0</v>
       </c>
       <c r="C14" s="8">
         <v>44.0</v>
       </c>
       <c r="D14" s="8">
         <v>36.0</v>
       </c>
       <c r="E14" s="8">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="28.8">
       <c r="A15" s="15" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="16" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>37.0</v>
       </c>
       <c r="C16" s="8">
         <v>39.0</v>
       </c>
       <c r="D16" s="8">
         <v>36.0</v>
       </c>
       <c r="E16" s="8">
         <v>0.0</v>
@@ -3109,51 +3109,51 @@
       </c>
       <c r="D15" s="8">
         <v>83.0</v>
       </c>
       <c r="E15" s="8">
         <v>0.0</v>
       </c>
       <c r="F15" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="8">
         <v>341.0</v>
       </c>
       <c r="C16" s="8">
         <v>360.0</v>
       </c>
       <c r="D16" s="8">
         <v>353.0</v>
       </c>
       <c r="E16" s="8">
-        <v>403.0</v>
+        <v>0.0</v>
       </c>
       <c r="F16" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
       <c r="A17" s="15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="16" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="8">
         <v>129.0</v>
       </c>
       <c r="C18" s="8">
         <v>131.0</v>
       </c>
       <c r="D18" s="8">
         <v>124.0</v>
       </c>
       <c r="E18" s="8">
         <v>0.0</v>
@@ -3360,51 +3360,51 @@
       </c>
       <c r="D13" s="8">
         <v>97.0</v>
       </c>
       <c r="E13" s="8">
         <v>0.0</v>
       </c>
       <c r="F13" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="8">
         <v>117.0</v>
       </c>
       <c r="C14" s="8">
         <v>130.0</v>
       </c>
       <c r="D14" s="8">
         <v>121.0</v>
       </c>
       <c r="E14" s="8">
-        <v>106.0</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="28.8">
       <c r="A15" s="15" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="16" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>113.0</v>
       </c>
       <c r="C16" s="8">
         <v>112.0</v>
       </c>
       <c r="D16" s="8">
         <v>112.0</v>
       </c>
       <c r="E16" s="8">
         <v>0.0</v>