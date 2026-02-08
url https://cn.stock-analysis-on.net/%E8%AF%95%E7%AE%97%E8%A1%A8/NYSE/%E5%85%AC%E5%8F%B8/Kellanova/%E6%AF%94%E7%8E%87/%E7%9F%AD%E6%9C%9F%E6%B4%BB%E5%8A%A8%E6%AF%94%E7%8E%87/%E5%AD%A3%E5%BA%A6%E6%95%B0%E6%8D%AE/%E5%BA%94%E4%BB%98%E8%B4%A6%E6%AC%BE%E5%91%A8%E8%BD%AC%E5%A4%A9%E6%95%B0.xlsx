--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -837,60 +837,60 @@
       <c r="D13" s="13">
         <v>117.0</v>
       </c>
       <c r="E13" s="13">
         <v>102.0</v>
       </c>
       <c r="F13" s="13">
         <v>111.0</v>
       </c>
       <c r="G13" s="13">
         <v>122.0</v>
       </c>
       <c r="H13" s="13">
         <v>130.0</v>
       </c>
       <c r="I13" s="13">
         <v>111.0</v>
       </c>
       <c r="J13" s="13">
         <v>112.0</v>
       </c>
       <c r="K13" s="13">
         <v>113.0</v>
       </c>
       <c r="L13" s="13">
-        <v>121.0</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="13">
-        <v>105.0</v>
+        <v>0.0</v>
       </c>
       <c r="N13" s="13">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
       <c r="O13" s="13">
-        <v>98.0</v>
+        <v>0.0</v>
       </c>
       <c r="P13" s="13">
         <v>0.0</v>
       </c>
       <c r="Q13" s="13">
         <v>0.0</v>
       </c>
       <c r="R13" s="13">
         <v>0.0</v>
       </c>
       <c r="S13" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="14" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="14"/>
       <c r="C14" s="14"/>
       <c r="D14" s="14"/>
       <c r="E14" s="14"/>
       <c r="F14" s="14"/>
       <c r="G14" s="14"/>
       <c r="H14" s="14"/>