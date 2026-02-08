--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -723,51 +723,51 @@
       </c>
       <c r="D14" s="12">
         <v>8.53</v>
       </c>
       <c r="E14" s="12">
         <v>0.0</v>
       </c>
       <c r="F14" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="12">
         <v>1.2</v>
       </c>
       <c r="C15" s="12">
         <v>1.15</v>
       </c>
       <c r="D15" s="12">
         <v>1.15</v>
       </c>
       <c r="E15" s="12">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="28.8">
       <c r="A16" s="10" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="12">
         <v>3.96</v>
       </c>
       <c r="C17" s="12">
         <v>3.97</v>
       </c>
       <c r="D17" s="12">
         <v>4.17</v>
       </c>
       <c r="E17" s="12">
         <v>0.0</v>