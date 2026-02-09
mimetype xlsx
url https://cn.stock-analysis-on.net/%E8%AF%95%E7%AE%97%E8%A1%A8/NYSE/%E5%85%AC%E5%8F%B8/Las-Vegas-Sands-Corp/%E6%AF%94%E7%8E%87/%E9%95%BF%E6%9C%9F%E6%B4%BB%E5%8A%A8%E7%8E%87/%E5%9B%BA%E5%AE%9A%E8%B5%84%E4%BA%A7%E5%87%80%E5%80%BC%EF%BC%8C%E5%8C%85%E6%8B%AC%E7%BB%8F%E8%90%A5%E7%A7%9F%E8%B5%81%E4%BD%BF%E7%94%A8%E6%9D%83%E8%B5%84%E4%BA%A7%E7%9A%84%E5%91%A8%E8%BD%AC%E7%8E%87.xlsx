--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -755,51 +755,51 @@
       </c>
       <c r="C16" s="13">
         <v>8.31</v>
       </c>
       <c r="D16" s="13">
         <v>5.29</v>
       </c>
       <c r="E16" s="13">
         <v>0.0</v>
       </c>
       <c r="F16" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="13">
         <v>1.64</v>
       </c>
       <c r="C17" s="13">
         <v>1.54</v>
       </c>
       <c r="D17" s="13">
-        <v>1.38</v>
+        <v>0.0</v>
       </c>
       <c r="E17" s="13">
         <v>0.0</v>
       </c>
       <c r="F17" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="13">
         <v>6.14</v>
       </c>
       <c r="C18" s="13">
         <v>6.62</v>
       </c>
       <c r="D18" s="13">
         <v>6.99</v>
       </c>
       <c r="E18" s="13">
         <v>0.0</v>
       </c>
       <c r="F18" s="13">