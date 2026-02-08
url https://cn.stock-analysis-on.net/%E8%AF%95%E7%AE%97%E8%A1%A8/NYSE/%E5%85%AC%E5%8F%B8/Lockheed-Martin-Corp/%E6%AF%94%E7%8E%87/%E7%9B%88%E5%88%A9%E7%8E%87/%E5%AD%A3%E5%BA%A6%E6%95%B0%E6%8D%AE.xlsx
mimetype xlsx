--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -22,54 +22,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="比率（摘要）" sheetId="1" r:id="rId4"/>
     <sheet name="毛利率比率" sheetId="2" r:id="rId5"/>
     <sheet name="营业利润率" sheetId="3" r:id="rId6"/>
     <sheet name="净利率比率" sheetId="4" r:id="rId7"/>
     <sheet name="ROE" sheetId="5" r:id="rId8"/>
     <sheet name="ROA" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Lockheed Martin Corp.</t>
   </si>
   <si>
     <t>利润率</t>
   </si>
   <si>
     <t>季度数据</t>
   </si>
   <si>
     <t>销售比率</t>
   </si>
   <si>
     <t>毛利率比率</t>
   </si>
   <si>
     <t>营业利润率</t>
   </si>
   <si>
     <t>净利率比率</t>
   </si>
   <si>
     <t>投资比例</t>
   </si>
   <si>
@@ -132,67 +129,58 @@
   <si>
     <t>ROE</t>
   </si>
   <si>
     <t>ROE竞争 对手</t>
   </si>
   <si>
     <t>总资产</t>
   </si>
   <si>
     <t>ROA</t>
   </si>
   <si>
     <t>ROA竞争 对手</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-804]yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
-  <fonts count="9">
+  <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -264,82 +252,81 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="16">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="165" fillId="0" borderId="3" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="3" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="8" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -628,3487 +615,3457 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q15"/>
+  <dimension ref="A1:Q13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="Q15" sqref="Q15"/>
+      <selection activeCell="Q13" sqref="Q13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
     <row r="3" spans="1:17">
-      <c r="A3" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:17">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45928</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45837</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45746</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45564</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45193</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45102</v>
+      </c>
+      <c r="M5" s="5">
+        <v>45011</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44829</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44738</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>44647</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:17">
-      <c r="A7" s="5"/>
-[...49 lines deleted...]
-    <row r="8" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A7" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="8">
+        <v>0.1015</v>
+      </c>
+      <c r="C7" s="8">
+        <v>0.0816</v>
+      </c>
+      <c r="D7" s="8">
+        <v>0.0816</v>
+      </c>
+      <c r="E7" s="8">
+        <v>0.1011</v>
+      </c>
+      <c r="F7" s="8">
+        <v>0.0975</v>
+      </c>
+      <c r="G7" s="8">
+        <v>0.1197</v>
+      </c>
+      <c r="H7" s="8">
+        <v>0.1191</v>
+      </c>
+      <c r="I7" s="8">
+        <v>0.121</v>
+      </c>
+      <c r="J7" s="8">
+        <v>0.1255</v>
+      </c>
+      <c r="K7" s="8">
+        <v>0.1254</v>
+      </c>
+      <c r="L7" s="8">
+        <v>0.127</v>
+      </c>
+      <c r="M7" s="8">
+        <v>0.1274</v>
+      </c>
+      <c r="N7" s="8">
+        <v>0.1256</v>
+      </c>
+      <c r="O7" s="8">
+        <v>0.1299</v>
+      </c>
+      <c r="P7" s="8">
+        <v>0.1339</v>
+      </c>
+      <c r="Q7" s="8">
+        <v>0.1336</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="7" t="s">
-        <v>4</v>
+        <v>5</v>
+      </c>
+      <c r="B8" s="8">
+        <v>0.103</v>
+      </c>
+      <c r="C8" s="8">
+        <v>0.0831</v>
+      </c>
+      <c r="D8" s="8">
+        <v>0.0829</v>
+      </c>
+      <c r="E8" s="8">
+        <v>0.1024</v>
+      </c>
+      <c r="F8" s="8">
+        <v>0.0987</v>
+      </c>
+      <c r="G8" s="8">
+        <v>0.1208</v>
+      </c>
+      <c r="H8" s="8">
+        <v>0.1198</v>
+      </c>
+      <c r="I8" s="8">
+        <v>0.122</v>
+      </c>
+      <c r="J8" s="8">
+        <v>0.1259</v>
+      </c>
+      <c r="K8" s="8">
+        <v>0.1257</v>
+      </c>
+      <c r="L8" s="8">
+        <v>0.128</v>
+      </c>
+      <c r="M8" s="8">
+        <v>0.1278</v>
+      </c>
+      <c r="N8" s="8">
+        <v>0.1265</v>
+      </c>
+      <c r="O8" s="8">
+        <v>0.1315</v>
+      </c>
+      <c r="P8" s="8">
+        <v>0.1347</v>
+      </c>
+      <c r="Q8" s="8">
+        <v>0.135</v>
       </c>
     </row>
     <row r="9" spans="1:17">
-      <c r="A9" s="8" t="s">
-[...52 lines deleted...]
-      <c r="A10" s="8" t="s">
+      <c r="A9" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="B10" s="9" t="e">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="B9" s="8">
+        <v>0.0669</v>
+      </c>
+      <c r="C9" s="8">
+        <v>0.0573</v>
+      </c>
+      <c r="D9" s="8">
+        <v>0.0585</v>
+      </c>
+      <c r="E9" s="8">
+        <v>0.0766</v>
+      </c>
+      <c r="F9" s="8">
+        <v>0.0751</v>
+      </c>
+      <c r="G9" s="8">
+        <v>0.0936</v>
+      </c>
+      <c r="H9" s="8">
+        <v>0.0948</v>
+      </c>
+      <c r="I9" s="8">
+        <v>0.0973</v>
+      </c>
+      <c r="J9" s="8">
+        <v>0.1024</v>
+      </c>
+      <c r="K9" s="8">
+        <v>0.1029</v>
+      </c>
+      <c r="L9" s="8">
+        <v>0.1048</v>
+      </c>
+      <c r="M9" s="8">
+        <v>0.086</v>
+      </c>
+      <c r="N9" s="8">
+        <v>0.0869</v>
+      </c>
+      <c r="O9" s="8">
+        <v>0.0907</v>
+      </c>
+      <c r="P9" s="8">
+        <v>0.0733</v>
+      </c>
+      <c r="Q9" s="8">
+        <v>0.0945</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A10" s="6" t="s">
+        <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:17">
-      <c r="A11" s="8" t="s">
-[...51 lines deleted...]
-    <row r="12" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A11" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" s="8">
+        <v>0.7465</v>
+      </c>
+      <c r="C11" s="8">
+        <v>0.6795</v>
+      </c>
+      <c r="D11" s="8">
+        <v>0.7882</v>
+      </c>
+      <c r="E11" s="8">
+        <v>0.8234</v>
+      </c>
+      <c r="F11" s="8">
+        <v>0.8426</v>
+      </c>
+      <c r="G11" s="8">
+        <v>0.9271</v>
+      </c>
+      <c r="H11" s="8">
+        <v>1.0909</v>
+      </c>
+      <c r="I11" s="8">
+        <v>1.0189</v>
+      </c>
+      <c r="J11" s="8">
+        <v>1.0124</v>
+      </c>
+      <c r="K11" s="8">
+        <v>0.7511</v>
+      </c>
+      <c r="L11" s="8">
+        <v>0.7641</v>
+      </c>
+      <c r="M11" s="8">
+        <v>0.5897</v>
+      </c>
+      <c r="N11" s="8">
+        <v>0.6186</v>
+      </c>
+      <c r="O11" s="8">
+        <v>0.4905</v>
+      </c>
+      <c r="P11" s="8">
+        <v>0.4116</v>
+      </c>
+      <c r="Q11" s="8">
+        <v>0.621</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17">
       <c r="A12" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
+      </c>
+      <c r="B12" s="8">
+        <v>0.0838</v>
+      </c>
+      <c r="C12" s="8">
+        <v>0.0697</v>
+      </c>
+      <c r="D12" s="8">
+        <v>0.0714</v>
+      </c>
+      <c r="E12" s="8">
+        <v>0.0971</v>
+      </c>
+      <c r="F12" s="8">
+        <v>0.0959</v>
+      </c>
+      <c r="G12" s="8">
+        <v>0.1202</v>
+      </c>
+      <c r="H12" s="8">
+        <v>0.1223</v>
+      </c>
+      <c r="I12" s="8">
+        <v>0.1233</v>
+      </c>
+      <c r="J12" s="8">
+        <v>0.1319</v>
+      </c>
+      <c r="K12" s="8">
+        <v>0.1229</v>
+      </c>
+      <c r="L12" s="8">
+        <v>0.1239</v>
+      </c>
+      <c r="M12" s="8">
+        <v>0.1041</v>
+      </c>
+      <c r="N12" s="8">
+        <v>0.1084</v>
+      </c>
+      <c r="O12" s="8">
+        <v>0.1128</v>
+      </c>
+      <c r="P12" s="8">
+        <v>0.0909</v>
+      </c>
+      <c r="Q12" s="8">
+        <v>0.1206</v>
       </c>
     </row>
     <row r="13" spans="1:17">
-      <c r="A13" s="8" t="s">
-[...52 lines deleted...]
-      <c r="A14" s="8" t="s">
+      <c r="A13" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="B14" s="9" t="e">
-[...67 lines deleted...]
-      <c r="Q15" s="10"/>
+      <c r="B13" s="9"/>
+      <c r="C13" s="9"/>
+      <c r="D13" s="9"/>
+      <c r="E13" s="9"/>
+      <c r="F13" s="9"/>
+      <c r="G13" s="9"/>
+      <c r="H13" s="9"/>
+      <c r="I13" s="9"/>
+      <c r="J13" s="9"/>
+      <c r="K13" s="9"/>
+      <c r="L13" s="9"/>
+      <c r="M13" s="9"/>
+      <c r="N13" s="9"/>
+      <c r="O13" s="9"/>
+      <c r="P13" s="9"/>
+      <c r="Q13" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q21"/>
+  <dimension ref="A1:Q19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="Q21" sqref="Q21"/>
+      <selection activeCell="Q19" sqref="Q19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
     <row r="3" spans="1:17">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45928</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45837</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45746</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45564</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45193</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45102</v>
+      </c>
+      <c r="M5" s="5">
+        <v>45011</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44829</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44738</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>44647</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17">
+      <c r="A7" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="10">
+        <v>2322.0</v>
+      </c>
+      <c r="C7" s="10">
+        <v>2240.0</v>
+      </c>
+      <c r="D7" s="10">
+        <v>734.0</v>
+      </c>
+      <c r="E7" s="10">
+        <v>2323.0</v>
+      </c>
+      <c r="F7" s="10">
+        <v>690.0</v>
+      </c>
+      <c r="G7" s="10">
+        <v>2117.0</v>
+      </c>
+      <c r="H7" s="10">
+        <v>2130.0</v>
+      </c>
+      <c r="I7" s="10">
+        <v>1993.0</v>
+      </c>
+      <c r="J7" s="10">
+        <v>2295.0</v>
+      </c>
+      <c r="K7" s="10">
+        <v>2048.0</v>
+      </c>
+      <c r="L7" s="10">
+        <v>2090.0</v>
+      </c>
+      <c r="M7" s="10">
+        <v>2046.0</v>
+      </c>
+      <c r="N7" s="10">
+        <v>2302.0</v>
+      </c>
+      <c r="O7" s="10">
+        <v>2120.0</v>
+      </c>
+      <c r="P7" s="10">
+        <v>1956.0</v>
+      </c>
+      <c r="Q7" s="10">
+        <v>1909.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
+      <c r="A8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" s="10">
+        <v>20321.0</v>
+      </c>
+      <c r="C8" s="10">
+        <v>18609.0</v>
+      </c>
+      <c r="D8" s="10">
+        <v>18155.0</v>
+      </c>
+      <c r="E8" s="10">
+        <v>17963.0</v>
+      </c>
+      <c r="F8" s="10">
+        <v>18622.0</v>
+      </c>
+      <c r="G8" s="10">
+        <v>17104.0</v>
+      </c>
+      <c r="H8" s="10">
+        <v>18122.0</v>
+      </c>
+      <c r="I8" s="10">
+        <v>17195.0</v>
+      </c>
+      <c r="J8" s="10">
+        <v>18874.0</v>
+      </c>
+      <c r="K8" s="10">
+        <v>16878.0</v>
+      </c>
+      <c r="L8" s="10">
+        <v>16693.0</v>
+      </c>
+      <c r="M8" s="10">
+        <v>15126.0</v>
+      </c>
+      <c r="N8" s="10">
+        <v>18991.0</v>
+      </c>
+      <c r="O8" s="10">
+        <v>16583.0</v>
+      </c>
+      <c r="P8" s="10">
+        <v>15446.0</v>
+      </c>
+      <c r="Q8" s="10">
+        <v>14964.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A9" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:17">
-[...117 lines deleted...]
-    </row>
     <row r="10" spans="1:17">
-      <c r="A10" s="8" t="s">
+      <c r="A10" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="B10" s="12">
+        <v>0.1015</v>
+      </c>
+      <c r="C10" s="12">
+        <v>0.0816</v>
+      </c>
+      <c r="D10" s="12">
+        <v>0.0816</v>
+      </c>
+      <c r="E10" s="12">
+        <v>0.1011</v>
+      </c>
+      <c r="F10" s="12">
+        <v>0.0975</v>
+      </c>
+      <c r="G10" s="12">
+        <v>0.1197</v>
+      </c>
+      <c r="H10" s="12">
+        <v>0.1191</v>
+      </c>
+      <c r="I10" s="12">
+        <v>0.121</v>
+      </c>
+      <c r="J10" s="12">
+        <v>0.1255</v>
+      </c>
+      <c r="K10" s="12">
+        <v>0.1254</v>
+      </c>
+      <c r="L10" s="12">
+        <v>0.127</v>
+      </c>
+      <c r="M10" s="12">
+        <v>0.1274</v>
+      </c>
+      <c r="N10" s="12">
+        <v>0.1256</v>
+      </c>
+      <c r="O10" s="12">
+        <v>0.1299</v>
+      </c>
+      <c r="P10" s="12">
+        <v>0.1339</v>
+      </c>
+      <c r="Q10" s="12">
+        <v>0.1336</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A11" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="B10" s="11" t="e">
-[...107 lines deleted...]
-      <c r="A13" s="7" t="s">
+    </row>
+    <row r="12" spans="1:17" customHeight="1" ht="28.8">
+      <c r="A12" s="13" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="14" spans="1:17" customHeight="1" ht="28.8">
+    <row r="13" spans="1:17">
+      <c r="A13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="8">
+        <v>0.0479</v>
+      </c>
+      <c r="C13" s="8">
+        <v>0.011</v>
+      </c>
+      <c r="D13" s="8">
+        <v>-0.0032</v>
+      </c>
+      <c r="E13" s="8">
+        <v>-0.0209</v>
+      </c>
+      <c r="F13" s="8">
+        <v>-0.0299</v>
+      </c>
+      <c r="G13" s="8">
+        <v>0.0313</v>
+      </c>
+      <c r="H13" s="8">
+        <v>0.0947</v>
+      </c>
+      <c r="I13" s="8">
+        <v>0.1004</v>
+      </c>
+      <c r="J13" s="8">
+        <v>0.0993</v>
+      </c>
+      <c r="K13" s="8">
+        <v>0.0909</v>
+      </c>
+      <c r="L13" s="8">
+        <v>0.0665</v>
+      </c>
+      <c r="M13" s="8">
+        <v>0.072</v>
+      </c>
+      <c r="N13" s="8">
+        <v>0.0526</v>
+      </c>
+      <c r="O13" s="8">
+        <v>-0.0141</v>
+      </c>
+      <c r="P13" s="8">
+        <v>0.0274</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>0.032</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17">
       <c r="A14" s="14" t="s">
-        <v>16</v>
+        <v>17</v>
+      </c>
+      <c r="B14" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="8">
+        <v>0.3165</v>
+      </c>
+      <c r="D14" s="8">
+        <v>0.3264</v>
+      </c>
+      <c r="E14" s="8">
+        <v>0.3392</v>
+      </c>
+      <c r="F14" s="8">
+        <v>0.3449</v>
+      </c>
+      <c r="G14" s="8">
+        <v>0.3433</v>
+      </c>
+      <c r="H14" s="8">
+        <v>0.3429</v>
+      </c>
+      <c r="I14" s="8">
+        <v>0.3359</v>
+      </c>
+      <c r="J14" s="8">
+        <v>0.3304</v>
+      </c>
+      <c r="K14" s="8">
+        <v>0.3171</v>
+      </c>
+      <c r="L14" s="8">
+        <v>0.3044</v>
+      </c>
+      <c r="M14" s="8">
+        <v>0.2874</v>
+      </c>
+      <c r="N14" s="8">
+        <v>0.2691</v>
+      </c>
+      <c r="O14" s="8">
+        <v>0.2614</v>
+      </c>
+      <c r="P14" s="8">
+        <v>0.2552</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>0.2571</v>
       </c>
     </row>
     <row r="15" spans="1:17">
-      <c r="A15" s="15" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="8">
+        <v>0.381</v>
+      </c>
+      <c r="D15" s="8">
+        <v>0.3816</v>
+      </c>
+      <c r="E15" s="8">
+        <v>0.3845</v>
+      </c>
+      <c r="F15" s="8">
+        <v>0.382</v>
+      </c>
+      <c r="G15" s="8">
+        <v>0.3783</v>
+      </c>
+      <c r="H15" s="8">
+        <v>0.3753</v>
+      </c>
+      <c r="I15" s="8">
+        <v>0.3706</v>
+      </c>
+      <c r="J15" s="8">
+        <v>0.3636</v>
+      </c>
+      <c r="K15" s="8">
+        <v>0.3554</v>
+      </c>
+      <c r="L15" s="8">
+        <v>0.3451</v>
+      </c>
+      <c r="M15" s="8">
+        <v>0.3364</v>
+      </c>
+      <c r="N15" s="8">
+        <v>0.3319</v>
+      </c>
+      <c r="O15" s="8">
+        <v>0.3283</v>
+      </c>
+      <c r="P15" s="8">
+        <v>0.3255</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>0.3236</v>
       </c>
     </row>
     <row r="16" spans="1:17">
-      <c r="A16" s="15" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="8">
+        <v>0.3155</v>
+      </c>
+      <c r="C16" s="8">
+        <v>0.3216</v>
+      </c>
+      <c r="D16" s="8">
+        <v>0.3198</v>
+      </c>
+      <c r="E16" s="8">
+        <v>0.3187</v>
+      </c>
+      <c r="F16" s="8">
+        <v>0.3079</v>
+      </c>
+      <c r="G16" s="8">
+        <v>0.27</v>
+      </c>
+      <c r="H16" s="8">
+        <v>0.2474</v>
+      </c>
+      <c r="I16" s="8">
+        <v>0.2297</v>
+      </c>
+      <c r="J16" s="8">
+        <v>0.2195</v>
+      </c>
+      <c r="K16" s="8">
+        <v>0.2326</v>
+      </c>
+      <c r="L16" s="8">
+        <v>0.2329</v>
+      </c>
+      <c r="M16" s="8">
+        <v>0.2424</v>
+      </c>
+      <c r="N16" s="8">
+        <v>0.2455</v>
+      </c>
+      <c r="O16" s="8">
+        <v>0.2452</v>
+      </c>
+      <c r="P16" s="8">
+        <v>0.2522</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>0.2426</v>
       </c>
     </row>
     <row r="17" spans="1:17">
-      <c r="A17" s="15" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="8">
+        <v>0.3694</v>
+      </c>
+      <c r="D17" s="8">
+        <v>0.3808</v>
+      </c>
+      <c r="E17" s="8">
+        <v>0.3806</v>
+      </c>
+      <c r="F17" s="8">
+        <v>0.3809</v>
+      </c>
+      <c r="G17" s="8">
+        <v>0.376</v>
+      </c>
+      <c r="H17" s="8">
+        <v>0.3756</v>
+      </c>
+      <c r="I17" s="8">
+        <v>0.3746</v>
+      </c>
+      <c r="J17" s="8">
+        <v>0.3728</v>
+      </c>
+      <c r="K17" s="8">
+        <v>0.3803</v>
+      </c>
+      <c r="L17" s="8">
+        <v>0.3779</v>
+      </c>
+      <c r="M17" s="8">
+        <v>0.3736</v>
+      </c>
+      <c r="N17" s="8">
+        <v>0.3699</v>
+      </c>
+      <c r="O17" s="8">
+        <v>0.3556</v>
+      </c>
+      <c r="P17" s="8">
+        <v>0.3422</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>0.3295</v>
       </c>
     </row>
     <row r="18" spans="1:17">
-      <c r="A18" s="15" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B18" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="8">
+        <v>0.2013</v>
+      </c>
+      <c r="D18" s="8">
+        <v>0.2005</v>
+      </c>
+      <c r="E18" s="8">
+        <v>0.1953</v>
+      </c>
+      <c r="F18" s="8">
+        <v>0.1909</v>
+      </c>
+      <c r="G18" s="8">
+        <v>0.1921</v>
+      </c>
+      <c r="H18" s="8">
+        <v>0.1638</v>
+      </c>
+      <c r="I18" s="8">
+        <v>0.1701</v>
+      </c>
+      <c r="J18" s="8">
+        <v>0.1754</v>
+      </c>
+      <c r="K18" s="8">
+        <v>0.1736</v>
+      </c>
+      <c r="L18" s="8">
+        <v>0.2043</v>
+      </c>
+      <c r="M18" s="8">
+        <v>0.2053</v>
+      </c>
+      <c r="N18" s="8">
+        <v>0.2038</v>
+      </c>
+      <c r="O18" s="8">
+        <v>0.2049</v>
+      </c>
+      <c r="P18" s="8">
+        <v>0.2017</v>
+      </c>
+      <c r="Q18" s="8">
+        <v>0.1994</v>
       </c>
     </row>
     <row r="19" spans="1:17">
-      <c r="A19" s="15" t="s">
-[...123 lines deleted...]
-      <c r="Q21" s="10"/>
+      <c r="A19" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" s="9"/>
+      <c r="C19" s="9"/>
+      <c r="D19" s="9"/>
+      <c r="E19" s="9"/>
+      <c r="F19" s="9"/>
+      <c r="G19" s="9"/>
+      <c r="H19" s="9"/>
+      <c r="I19" s="9"/>
+      <c r="J19" s="9"/>
+      <c r="K19" s="9"/>
+      <c r="L19" s="9"/>
+      <c r="M19" s="9"/>
+      <c r="N19" s="9"/>
+      <c r="O19" s="9"/>
+      <c r="P19" s="9"/>
+      <c r="Q19" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q21"/>
+  <dimension ref="A1:Q19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="Q21" sqref="Q21"/>
+      <selection activeCell="Q19" sqref="Q19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
     <row r="3" spans="1:17">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45928</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45837</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45746</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45564</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45193</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45102</v>
+      </c>
+      <c r="M5" s="5">
+        <v>45011</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44829</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44738</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>44647</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17">
+      <c r="A7" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" s="10">
+        <v>2331.0</v>
+      </c>
+      <c r="C7" s="10">
+        <v>2280.0</v>
+      </c>
+      <c r="D7" s="10">
+        <v>748.0</v>
+      </c>
+      <c r="E7" s="10">
+        <v>2372.0</v>
+      </c>
+      <c r="F7" s="10">
+        <v>696.0</v>
+      </c>
+      <c r="G7" s="10">
+        <v>2140.0</v>
+      </c>
+      <c r="H7" s="10">
+        <v>2148.0</v>
+      </c>
+      <c r="I7" s="10">
+        <v>2029.0</v>
+      </c>
+      <c r="J7" s="10">
+        <v>2293.0</v>
+      </c>
+      <c r="K7" s="10">
+        <v>2042.0</v>
+      </c>
+      <c r="L7" s="10">
+        <v>2135.0</v>
+      </c>
+      <c r="M7" s="10">
+        <v>2037.0</v>
+      </c>
+      <c r="N7" s="10">
+        <v>2293.0</v>
+      </c>
+      <c r="O7" s="10">
+        <v>2159.0</v>
+      </c>
+      <c r="P7" s="10">
+        <v>1963.0</v>
+      </c>
+      <c r="Q7" s="10">
+        <v>1933.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
+      <c r="A8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" s="10">
+        <v>20321.0</v>
+      </c>
+      <c r="C8" s="10">
+        <v>18609.0</v>
+      </c>
+      <c r="D8" s="10">
+        <v>18155.0</v>
+      </c>
+      <c r="E8" s="10">
+        <v>17963.0</v>
+      </c>
+      <c r="F8" s="10">
+        <v>18622.0</v>
+      </c>
+      <c r="G8" s="10">
+        <v>17104.0</v>
+      </c>
+      <c r="H8" s="10">
+        <v>18122.0</v>
+      </c>
+      <c r="I8" s="10">
+        <v>17195.0</v>
+      </c>
+      <c r="J8" s="10">
+        <v>18874.0</v>
+      </c>
+      <c r="K8" s="10">
+        <v>16878.0</v>
+      </c>
+      <c r="L8" s="10">
+        <v>16693.0</v>
+      </c>
+      <c r="M8" s="10">
+        <v>15126.0</v>
+      </c>
+      <c r="N8" s="10">
+        <v>18991.0</v>
+      </c>
+      <c r="O8" s="10">
+        <v>16583.0</v>
+      </c>
+      <c r="P8" s="10">
+        <v>15446.0</v>
+      </c>
+      <c r="Q8" s="10">
+        <v>14964.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A9" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:17">
-[...66 lines deleted...]
-      <c r="A9" s="8" t="s">
+    <row r="10" spans="1:17">
+      <c r="A10" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B10" s="12">
+        <v>0.103</v>
+      </c>
+      <c r="C10" s="12">
+        <v>0.0831</v>
+      </c>
+      <c r="D10" s="12">
+        <v>0.0829</v>
+      </c>
+      <c r="E10" s="12">
+        <v>0.1024</v>
+      </c>
+      <c r="F10" s="12">
+        <v>0.0987</v>
+      </c>
+      <c r="G10" s="12">
+        <v>0.1208</v>
+      </c>
+      <c r="H10" s="12">
+        <v>0.1198</v>
+      </c>
+      <c r="I10" s="12">
+        <v>0.122</v>
+      </c>
+      <c r="J10" s="12">
+        <v>0.1259</v>
+      </c>
+      <c r="K10" s="12">
+        <v>0.1257</v>
+      </c>
+      <c r="L10" s="12">
+        <v>0.128</v>
+      </c>
+      <c r="M10" s="12">
+        <v>0.1278</v>
+      </c>
+      <c r="N10" s="12">
+        <v>0.1265</v>
+      </c>
+      <c r="O10" s="12">
+        <v>0.1315</v>
+      </c>
+      <c r="P10" s="12">
+        <v>0.1347</v>
+      </c>
+      <c r="Q10" s="12">
+        <v>0.135</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A11" s="6" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" customHeight="1" ht="28.8">
+      <c r="A12" s="13" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="11" t="e">
-[...164 lines deleted...]
-    <row r="14" spans="1:17" customHeight="1" ht="28.8">
+    </row>
+    <row r="13" spans="1:17">
+      <c r="A13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="8">
+        <v>0.0479</v>
+      </c>
+      <c r="C13" s="8">
+        <v>-0.1024</v>
+      </c>
+      <c r="D13" s="8">
+        <v>-0.1227</v>
+      </c>
+      <c r="E13" s="8">
+        <v>-0.1463</v>
+      </c>
+      <c r="F13" s="8">
+        <v>-0.161</v>
+      </c>
+      <c r="G13" s="8">
+        <v>-0.0908</v>
+      </c>
+      <c r="H13" s="8">
+        <v>-0.0231</v>
+      </c>
+      <c r="I13" s="8">
+        <v>-0.0093</v>
+      </c>
+      <c r="J13" s="8">
+        <v>-0.0099</v>
+      </c>
+      <c r="K13" s="8">
+        <v>-0.0186</v>
+      </c>
+      <c r="L13" s="8">
+        <v>-0.0462</v>
+      </c>
+      <c r="M13" s="8">
+        <v>-0.0358</v>
+      </c>
+      <c r="N13" s="8">
+        <v>-0.0533</v>
+      </c>
+      <c r="O13" s="8">
+        <v>-0.1199</v>
+      </c>
+      <c r="P13" s="8">
+        <v>-0.0698</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>-0.0653</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17">
       <c r="A14" s="14" t="s">
-        <v>24</v>
+        <v>17</v>
+      </c>
+      <c r="B14" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="8">
+        <v>0.1868</v>
+      </c>
+      <c r="D14" s="8">
+        <v>0.1931</v>
+      </c>
+      <c r="E14" s="8">
+        <v>0.2029</v>
+      </c>
+      <c r="F14" s="8">
+        <v>0.213</v>
+      </c>
+      <c r="G14" s="8">
+        <v>0.2133</v>
+      </c>
+      <c r="H14" s="8">
+        <v>0.2155</v>
+      </c>
+      <c r="I14" s="8">
+        <v>0.2158</v>
+      </c>
+      <c r="J14" s="8">
+        <v>0.203</v>
+      </c>
+      <c r="K14" s="8">
+        <v>0.1813</v>
+      </c>
+      <c r="L14" s="8">
+        <v>0.1697</v>
+      </c>
+      <c r="M14" s="8">
+        <v>0.1494</v>
+      </c>
+      <c r="N14" s="8">
+        <v>0.1397</v>
+      </c>
+      <c r="O14" s="8">
+        <v>0.1456</v>
+      </c>
+      <c r="P14" s="8">
+        <v>0.1381</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>0.1387</v>
       </c>
     </row>
     <row r="15" spans="1:17">
-      <c r="A15" s="15" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="8">
+        <v>0.1895</v>
+      </c>
+      <c r="D15" s="8">
+        <v>0.1882</v>
+      </c>
+      <c r="E15" s="8">
+        <v>0.1908</v>
+      </c>
+      <c r="F15" s="8">
+        <v>0.1862</v>
+      </c>
+      <c r="G15" s="8">
+        <v>0.1823</v>
+      </c>
+      <c r="H15" s="8">
+        <v>0.1796</v>
+      </c>
+      <c r="I15" s="8">
+        <v>0.1728</v>
+      </c>
+      <c r="J15" s="8">
+        <v>0.1675</v>
+      </c>
+      <c r="K15" s="8">
+        <v>0.1628</v>
+      </c>
+      <c r="L15" s="8">
+        <v>0.1548</v>
+      </c>
+      <c r="M15" s="8">
+        <v>0.1485</v>
+      </c>
+      <c r="N15" s="8">
+        <v>0.1455</v>
+      </c>
+      <c r="O15" s="8">
+        <v>0.139</v>
+      </c>
+      <c r="P15" s="8">
+        <v>0.1633</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>0.1597</v>
       </c>
     </row>
     <row r="16" spans="1:17">
-      <c r="A16" s="15" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="8">
+        <v>0.2603</v>
+      </c>
+      <c r="C16" s="8">
+        <v>0.2624</v>
+      </c>
+      <c r="D16" s="8">
+        <v>0.2557</v>
+      </c>
+      <c r="E16" s="8">
+        <v>0.2546</v>
+      </c>
+      <c r="F16" s="8">
+        <v>0.2329</v>
+      </c>
+      <c r="G16" s="8">
+        <v>0.1688</v>
+      </c>
+      <c r="H16" s="8">
+        <v>0.138</v>
+      </c>
+      <c r="I16" s="8">
+        <v>0.1044</v>
+      </c>
+      <c r="J16" s="8">
+        <v>0.0849</v>
+      </c>
+      <c r="K16" s="8">
+        <v>0.0808</v>
+      </c>
+      <c r="L16" s="8">
+        <v>0.0692</v>
+      </c>
+      <c r="M16" s="8">
+        <v>0.074</v>
+      </c>
+      <c r="N16" s="8">
+        <v>0.0605</v>
+      </c>
+      <c r="O16" s="8">
+        <v>0.0705</v>
+      </c>
+      <c r="P16" s="8">
+        <v>0.0812</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>0.0731</v>
       </c>
     </row>
     <row r="17" spans="1:17">
-      <c r="A17" s="15" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="8">
+        <v>0.1865</v>
+      </c>
+      <c r="D17" s="8">
+        <v>0.1922</v>
+      </c>
+      <c r="E17" s="8">
+        <v>0.1926</v>
+      </c>
+      <c r="F17" s="8">
+        <v>0.1933</v>
+      </c>
+      <c r="G17" s="8">
+        <v>0.1923</v>
+      </c>
+      <c r="H17" s="8">
+        <v>0.1968</v>
+      </c>
+      <c r="I17" s="8">
+        <v>0.1965</v>
+      </c>
+      <c r="J17" s="8">
+        <v>0.1932</v>
+      </c>
+      <c r="K17" s="8">
+        <v>0.2009</v>
+      </c>
+      <c r="L17" s="8">
+        <v>0.1973</v>
+      </c>
+      <c r="M17" s="8">
+        <v>0.1905</v>
+      </c>
+      <c r="N17" s="8">
+        <v>0.1812</v>
+      </c>
+      <c r="O17" s="8">
+        <v>0.1755</v>
+      </c>
+      <c r="P17" s="8">
+        <v>0.1731</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>0.1737</v>
       </c>
     </row>
     <row r="18" spans="1:17">
-      <c r="A18" s="15" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B18" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="8">
+        <v>0.1025</v>
+      </c>
+      <c r="D18" s="8">
+        <v>0.0995</v>
+      </c>
+      <c r="E18" s="8">
+        <v>0.082</v>
+      </c>
+      <c r="F18" s="8">
+        <v>0.081</v>
+      </c>
+      <c r="G18" s="8">
+        <v>0.0794</v>
+      </c>
+      <c r="H18" s="8">
+        <v>0.0394</v>
+      </c>
+      <c r="I18" s="8">
+        <v>0.0532</v>
+      </c>
+      <c r="J18" s="8">
+        <v>0.0517</v>
+      </c>
+      <c r="K18" s="8">
+        <v>0.0479</v>
+      </c>
+      <c r="L18" s="8">
+        <v>0.0863</v>
+      </c>
+      <c r="M18" s="8">
+        <v>0.0873</v>
+      </c>
+      <c r="N18" s="8">
+        <v>0.0807</v>
+      </c>
+      <c r="O18" s="8">
+        <v>0.0793</v>
+      </c>
+      <c r="P18" s="8">
+        <v>0.0781</v>
+      </c>
+      <c r="Q18" s="8">
+        <v>0.0775</v>
       </c>
     </row>
     <row r="19" spans="1:17">
-      <c r="A19" s="15" t="s">
-[...123 lines deleted...]
-      <c r="Q21" s="10"/>
+      <c r="A19" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" s="9"/>
+      <c r="C19" s="9"/>
+      <c r="D19" s="9"/>
+      <c r="E19" s="9"/>
+      <c r="F19" s="9"/>
+      <c r="G19" s="9"/>
+      <c r="H19" s="9"/>
+      <c r="I19" s="9"/>
+      <c r="J19" s="9"/>
+      <c r="K19" s="9"/>
+      <c r="L19" s="9"/>
+      <c r="M19" s="9"/>
+      <c r="N19" s="9"/>
+      <c r="O19" s="9"/>
+      <c r="P19" s="9"/>
+      <c r="Q19" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q21"/>
+  <dimension ref="A1:Q19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="Q21" sqref="Q21"/>
+      <selection activeCell="Q19" sqref="Q19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
     <row r="3" spans="1:17">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45928</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45837</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45746</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45564</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45193</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45102</v>
+      </c>
+      <c r="M5" s="5">
+        <v>45011</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44829</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44738</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>44647</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17">
+      <c r="A7" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" s="10">
+        <v>1344.0</v>
+      </c>
+      <c r="C7" s="10">
+        <v>1619.0</v>
+      </c>
+      <c r="D7" s="10">
+        <v>342.0</v>
+      </c>
+      <c r="E7" s="10">
+        <v>1712.0</v>
+      </c>
+      <c r="F7" s="10">
+        <v>527.0</v>
+      </c>
+      <c r="G7" s="10">
+        <v>1623.0</v>
+      </c>
+      <c r="H7" s="10">
+        <v>1641.0</v>
+      </c>
+      <c r="I7" s="10">
+        <v>1545.0</v>
+      </c>
+      <c r="J7" s="10">
+        <v>1866.0</v>
+      </c>
+      <c r="K7" s="10">
+        <v>1684.0</v>
+      </c>
+      <c r="L7" s="10">
+        <v>1681.0</v>
+      </c>
+      <c r="M7" s="10">
+        <v>1689.0</v>
+      </c>
+      <c r="N7" s="10">
+        <v>1912.0</v>
+      </c>
+      <c r="O7" s="10">
+        <v>1778.0</v>
+      </c>
+      <c r="P7" s="10">
+        <v>309.0</v>
+      </c>
+      <c r="Q7" s="10">
+        <v>1733.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
+      <c r="A8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" s="10">
+        <v>20321.0</v>
+      </c>
+      <c r="C8" s="10">
+        <v>18609.0</v>
+      </c>
+      <c r="D8" s="10">
+        <v>18155.0</v>
+      </c>
+      <c r="E8" s="10">
+        <v>17963.0</v>
+      </c>
+      <c r="F8" s="10">
+        <v>18622.0</v>
+      </c>
+      <c r="G8" s="10">
+        <v>17104.0</v>
+      </c>
+      <c r="H8" s="10">
+        <v>18122.0</v>
+      </c>
+      <c r="I8" s="10">
+        <v>17195.0</v>
+      </c>
+      <c r="J8" s="10">
+        <v>18874.0</v>
+      </c>
+      <c r="K8" s="10">
+        <v>16878.0</v>
+      </c>
+      <c r="L8" s="10">
+        <v>16693.0</v>
+      </c>
+      <c r="M8" s="10">
+        <v>15126.0</v>
+      </c>
+      <c r="N8" s="10">
+        <v>18991.0</v>
+      </c>
+      <c r="O8" s="10">
+        <v>16583.0</v>
+      </c>
+      <c r="P8" s="10">
+        <v>15446.0</v>
+      </c>
+      <c r="Q8" s="10">
+        <v>14964.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A9" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:17">
-[...66 lines deleted...]
-      <c r="A9" s="8" t="s">
+    <row r="10" spans="1:17">
+      <c r="A10" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="B10" s="12">
+        <v>0.0669</v>
+      </c>
+      <c r="C10" s="12">
+        <v>0.0573</v>
+      </c>
+      <c r="D10" s="12">
+        <v>0.0585</v>
+      </c>
+      <c r="E10" s="12">
+        <v>0.0766</v>
+      </c>
+      <c r="F10" s="12">
+        <v>0.0751</v>
+      </c>
+      <c r="G10" s="12">
+        <v>0.0936</v>
+      </c>
+      <c r="H10" s="12">
+        <v>0.0948</v>
+      </c>
+      <c r="I10" s="12">
+        <v>0.0973</v>
+      </c>
+      <c r="J10" s="12">
+        <v>0.1024</v>
+      </c>
+      <c r="K10" s="12">
+        <v>0.1029</v>
+      </c>
+      <c r="L10" s="12">
+        <v>0.1048</v>
+      </c>
+      <c r="M10" s="12">
+        <v>0.086</v>
+      </c>
+      <c r="N10" s="12">
+        <v>0.0869</v>
+      </c>
+      <c r="O10" s="12">
+        <v>0.0907</v>
+      </c>
+      <c r="P10" s="12">
+        <v>0.0733</v>
+      </c>
+      <c r="Q10" s="12">
+        <v>0.0945</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A11" s="6" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" customHeight="1" ht="28.8">
+      <c r="A12" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="B9" s="11" t="e">
-[...164 lines deleted...]
-    <row r="14" spans="1:17" customHeight="1" ht="28.8">
+    </row>
+    <row r="13" spans="1:17">
+      <c r="A13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="8">
+        <v>0.025</v>
+      </c>
+      <c r="C13" s="8">
+        <v>-0.122</v>
+      </c>
+      <c r="D13" s="8">
+        <v>-0.1418</v>
+      </c>
+      <c r="E13" s="8">
+        <v>-0.1658</v>
+      </c>
+      <c r="F13" s="8">
+        <v>-0.1777</v>
+      </c>
+      <c r="G13" s="8">
+        <v>-0.1088</v>
+      </c>
+      <c r="H13" s="8">
+        <v>-0.0468</v>
+      </c>
+      <c r="I13" s="8">
+        <v>-0.0281</v>
+      </c>
+      <c r="J13" s="8">
+        <v>-0.0286</v>
+      </c>
+      <c r="K13" s="8">
+        <v>-0.0374</v>
+      </c>
+      <c r="L13" s="8">
+        <v>-0.0608</v>
+      </c>
+      <c r="M13" s="8">
+        <v>-0.0586</v>
+      </c>
+      <c r="N13" s="8">
+        <v>-0.0741</v>
+      </c>
+      <c r="O13" s="8">
+        <v>-0.1375</v>
+      </c>
+      <c r="P13" s="8">
+        <v>-0.0869</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>-0.08</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17">
       <c r="A14" s="14" t="s">
-        <v>26</v>
+        <v>17</v>
+      </c>
+      <c r="B14" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="8">
+        <v>0.1517</v>
+      </c>
+      <c r="D14" s="8">
+        <v>0.1583</v>
+      </c>
+      <c r="E14" s="8">
+        <v>0.1663</v>
+      </c>
+      <c r="F14" s="8">
+        <v>0.1759</v>
+      </c>
+      <c r="G14" s="8">
+        <v>0.1715</v>
+      </c>
+      <c r="H14" s="8">
+        <v>0.1746</v>
+      </c>
+      <c r="I14" s="8">
+        <v>0.1765</v>
+      </c>
+      <c r="J14" s="8">
+        <v>0.1618</v>
+      </c>
+      <c r="K14" s="8">
+        <v>0.1435</v>
+      </c>
+      <c r="L14" s="8">
+        <v>0.1353</v>
+      </c>
+      <c r="M14" s="8">
+        <v>0.121</v>
+      </c>
+      <c r="N14" s="8">
+        <v>0.1185</v>
+      </c>
+      <c r="O14" s="8">
+        <v>0.137</v>
+      </c>
+      <c r="P14" s="8">
+        <v>0.1319</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>0.1302</v>
       </c>
     </row>
     <row r="15" spans="1:17">
-      <c r="A15" s="15" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="8">
+        <v>0.1474</v>
+      </c>
+      <c r="D15" s="8">
+        <v>0.1511</v>
+      </c>
+      <c r="E15" s="8">
+        <v>0.1555</v>
+      </c>
+      <c r="F15" s="8">
+        <v>0.1525</v>
+      </c>
+      <c r="G15" s="8">
+        <v>0.1531</v>
+      </c>
+      <c r="H15" s="8">
+        <v>0.1512</v>
+      </c>
+      <c r="I15" s="8">
+        <v>0.1438</v>
+      </c>
+      <c r="J15" s="8">
+        <v>0.1387</v>
+      </c>
+      <c r="K15" s="8">
+        <v>0.1324</v>
+      </c>
+      <c r="L15" s="8">
+        <v>0.123</v>
+      </c>
+      <c r="M15" s="8">
+        <v>0.12</v>
+      </c>
+      <c r="N15" s="8">
+        <v>0.1186</v>
+      </c>
+      <c r="O15" s="8">
+        <v>0.1136</v>
+      </c>
+      <c r="P15" s="8">
+        <v>0.117</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>0.1121</v>
       </c>
     </row>
     <row r="16" spans="1:17">
-      <c r="A16" s="15" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="8">
+        <v>0.2057</v>
+      </c>
+      <c r="C16" s="8">
+        <v>0.1999</v>
+      </c>
+      <c r="D16" s="8">
+        <v>0.2043</v>
+      </c>
+      <c r="E16" s="8">
+        <v>0.1941</v>
+      </c>
+      <c r="F16" s="8">
+        <v>0.1867</v>
+      </c>
+      <c r="G16" s="8">
+        <v>0.1428</v>
+      </c>
+      <c r="H16" s="8">
+        <v>0.0925</v>
+      </c>
+      <c r="I16" s="8">
+        <v>0.0596</v>
+      </c>
+      <c r="J16" s="8">
+        <v>0.1468</v>
+      </c>
+      <c r="K16" s="8">
+        <v>0.1508</v>
+      </c>
+      <c r="L16" s="8">
+        <v>0.1391</v>
+      </c>
+      <c r="M16" s="8">
+        <v>0.1235</v>
+      </c>
+      <c r="N16" s="8">
+        <v>0.0031</v>
+      </c>
+      <c r="O16" s="8">
+        <v>-0.081</v>
+      </c>
+      <c r="P16" s="8">
+        <v>-0.0618</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>-0.067</v>
       </c>
     </row>
     <row r="17" spans="1:17">
-      <c r="A17" s="15" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="8">
+        <v>0.1507</v>
+      </c>
+      <c r="D17" s="8">
+        <v>0.143</v>
+      </c>
+      <c r="E17" s="8">
+        <v>0.1451</v>
+      </c>
+      <c r="F17" s="8">
+        <v>0.1482</v>
+      </c>
+      <c r="G17" s="8">
+        <v>0.1501</v>
+      </c>
+      <c r="H17" s="8">
+        <v>0.1549</v>
+      </c>
+      <c r="I17" s="8">
+        <v>0.1552</v>
+      </c>
+      <c r="J17" s="8">
+        <v>0.1543</v>
+      </c>
+      <c r="K17" s="8">
+        <v>0.1487</v>
+      </c>
+      <c r="L17" s="8">
+        <v>0.1508</v>
+      </c>
+      <c r="M17" s="8">
+        <v>0.1454</v>
+      </c>
+      <c r="N17" s="8">
+        <v>0.14</v>
+      </c>
+      <c r="O17" s="8">
+        <v>0.1538</v>
+      </c>
+      <c r="P17" s="8">
+        <v>0.1474</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>0.153</v>
       </c>
     </row>
     <row r="18" spans="1:17">
-      <c r="A18" s="15" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B18" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="8">
+        <v>0.0767</v>
+      </c>
+      <c r="D18" s="8">
+        <v>0.0735</v>
+      </c>
+      <c r="E18" s="8">
+        <v>0.0563</v>
+      </c>
+      <c r="F18" s="8">
+        <v>0.0591</v>
+      </c>
+      <c r="G18" s="8">
+        <v>0.0597</v>
+      </c>
+      <c r="H18" s="8">
+        <v>0.0312</v>
+      </c>
+      <c r="I18" s="8">
+        <v>0.049</v>
+      </c>
+      <c r="J18" s="8">
+        <v>0.0464</v>
+      </c>
+      <c r="K18" s="8">
+        <v>0.0476</v>
+      </c>
+      <c r="L18" s="8">
+        <v>0.0788</v>
+      </c>
+      <c r="M18" s="8">
+        <v>0.0808</v>
+      </c>
+      <c r="N18" s="8">
+        <v>0.0775</v>
+      </c>
+      <c r="O18" s="8">
+        <v>0.0676</v>
+      </c>
+      <c r="P18" s="8">
+        <v>0.0684</v>
+      </c>
+      <c r="Q18" s="8">
+        <v>0.0647</v>
       </c>
     </row>
     <row r="19" spans="1:17">
-      <c r="A19" s="15" t="s">
-[...123 lines deleted...]
-      <c r="Q21" s="10"/>
+      <c r="A19" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" s="9"/>
+      <c r="C19" s="9"/>
+      <c r="D19" s="9"/>
+      <c r="E19" s="9"/>
+      <c r="F19" s="9"/>
+      <c r="G19" s="9"/>
+      <c r="H19" s="9"/>
+      <c r="I19" s="9"/>
+      <c r="J19" s="9"/>
+      <c r="K19" s="9"/>
+      <c r="L19" s="9"/>
+      <c r="M19" s="9"/>
+      <c r="N19" s="9"/>
+      <c r="O19" s="9"/>
+      <c r="P19" s="9"/>
+      <c r="Q19" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q21"/>
+  <dimension ref="A1:Q19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="Q21" sqref="Q21"/>
+      <selection activeCell="Q19" sqref="Q19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
     <row r="3" spans="1:17">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45928</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45837</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45746</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45564</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45193</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45102</v>
+      </c>
+      <c r="M5" s="5">
+        <v>45011</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44829</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44738</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>44647</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17">
+      <c r="A7" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" s="10">
+        <v>1344.0</v>
+      </c>
+      <c r="C7" s="10">
+        <v>1619.0</v>
+      </c>
+      <c r="D7" s="10">
+        <v>342.0</v>
+      </c>
+      <c r="E7" s="10">
+        <v>1712.0</v>
+      </c>
+      <c r="F7" s="10">
+        <v>527.0</v>
+      </c>
+      <c r="G7" s="10">
+        <v>1623.0</v>
+      </c>
+      <c r="H7" s="10">
+        <v>1641.0</v>
+      </c>
+      <c r="I7" s="10">
+        <v>1545.0</v>
+      </c>
+      <c r="J7" s="10">
+        <v>1866.0</v>
+      </c>
+      <c r="K7" s="10">
+        <v>1684.0</v>
+      </c>
+      <c r="L7" s="10">
+        <v>1681.0</v>
+      </c>
+      <c r="M7" s="10">
+        <v>1689.0</v>
+      </c>
+      <c r="N7" s="10">
+        <v>1912.0</v>
+      </c>
+      <c r="O7" s="10">
+        <v>1778.0</v>
+      </c>
+      <c r="P7" s="10">
+        <v>309.0</v>
+      </c>
+      <c r="Q7" s="10">
+        <v>1733.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
+      <c r="A8" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="10">
+        <v>6721.0</v>
+      </c>
+      <c r="C8" s="10">
+        <v>6181.0</v>
+      </c>
+      <c r="D8" s="10">
+        <v>5334.0</v>
+      </c>
+      <c r="E8" s="10">
+        <v>6683.0</v>
+      </c>
+      <c r="F8" s="10">
+        <v>6333.0</v>
+      </c>
+      <c r="G8" s="10">
+        <v>7200.0</v>
+      </c>
+      <c r="H8" s="10">
+        <v>6175.0</v>
+      </c>
+      <c r="I8" s="10">
+        <v>6650.0</v>
+      </c>
+      <c r="J8" s="10">
+        <v>6835.0</v>
+      </c>
+      <c r="K8" s="10">
+        <v>9274.0</v>
+      </c>
+      <c r="L8" s="10">
+        <v>9240.0</v>
+      </c>
+      <c r="M8" s="10">
+        <v>9646.0</v>
+      </c>
+      <c r="N8" s="10">
+        <v>9266.0</v>
+      </c>
+      <c r="O8" s="10">
+        <v>11966.0</v>
+      </c>
+      <c r="P8" s="10">
+        <v>11432.0</v>
+      </c>
+      <c r="Q8" s="10">
+        <v>10002.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A9" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:17">
-[...117 lines deleted...]
-    </row>
     <row r="10" spans="1:17">
-      <c r="A10" s="8" t="s">
+      <c r="A10" s="11" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="11" t="e">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="B10" s="12">
+        <v>0.7465</v>
+      </c>
+      <c r="C10" s="12">
+        <v>0.6795</v>
+      </c>
+      <c r="D10" s="12">
+        <v>0.7882</v>
+      </c>
+      <c r="E10" s="12">
+        <v>0.8234</v>
+      </c>
+      <c r="F10" s="12">
+        <v>0.8426</v>
+      </c>
+      <c r="G10" s="12">
+        <v>0.9271</v>
+      </c>
+      <c r="H10" s="12">
+        <v>1.0909</v>
+      </c>
+      <c r="I10" s="12">
+        <v>1.0189</v>
+      </c>
+      <c r="J10" s="12">
+        <v>1.0124</v>
+      </c>
+      <c r="K10" s="12">
+        <v>0.7511</v>
+      </c>
+      <c r="L10" s="12">
+        <v>0.7641</v>
+      </c>
+      <c r="M10" s="12">
+        <v>0.5897</v>
+      </c>
+      <c r="N10" s="12">
+        <v>0.6186</v>
+      </c>
+      <c r="O10" s="12">
+        <v>0.4905</v>
+      </c>
+      <c r="P10" s="12">
+        <v>0.4116</v>
+      </c>
+      <c r="Q10" s="12">
+        <v>0.621</v>
       </c>
     </row>
     <row r="11" spans="1:17" customHeight="1" ht="34.8">
-      <c r="A11" s="7" t="s">
-[...4 lines deleted...]
-      <c r="A12" s="12" t="s">
+      <c r="A11" s="6" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" customHeight="1" ht="28.8">
+      <c r="A12" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="13" t="e">
-[...53 lines deleted...]
-    <row r="14" spans="1:17" customHeight="1" ht="28.8">
+    </row>
+    <row r="13" spans="1:17">
+      <c r="A13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="8">
+        <v>0.4098</v>
+      </c>
+      <c r="C13" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="D13" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="E13" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="F13" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="G13" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="H13" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="I13" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="J13" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="K13" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="L13" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="M13" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="N13" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="O13" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="P13" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17">
       <c r="A14" s="14" t="s">
-        <v>29</v>
+        <v>17</v>
+      </c>
+      <c r="B14" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="8">
+        <v>0.4489</v>
+      </c>
+      <c r="D14" s="8">
+        <v>0.5057</v>
+      </c>
+      <c r="E14" s="8">
+        <v>0.5501</v>
+      </c>
+      <c r="F14" s="8">
+        <v>0.5537</v>
+      </c>
+      <c r="G14" s="8">
+        <v>0.5504</v>
+      </c>
+      <c r="H14" s="8">
+        <v>0.6426</v>
+      </c>
+      <c r="I14" s="8">
+        <v>0.6377</v>
+      </c>
+      <c r="J14" s="8">
+        <v>0.5302</v>
+      </c>
+      <c r="K14" s="8">
+        <v>0.4448</v>
+      </c>
+      <c r="L14" s="8">
+        <v>0.4585</v>
+      </c>
+      <c r="M14" s="8">
+        <v>0.3918</v>
+      </c>
+      <c r="N14" s="8">
+        <v>0.4225</v>
+      </c>
+      <c r="O14" s="8">
+        <v>0.4728</v>
+      </c>
+      <c r="P14" s="8">
+        <v>0.4296</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>0.3807</v>
       </c>
     </row>
     <row r="15" spans="1:17">
-      <c r="A15" s="15" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="8">
+        <v>0.2084</v>
+      </c>
+      <c r="D15" s="8">
+        <v>0.211</v>
+      </c>
+      <c r="E15" s="8">
+        <v>0.2127</v>
+      </c>
+      <c r="F15" s="8">
+        <v>0.2052</v>
+      </c>
+      <c r="G15" s="8">
+        <v>0.1971</v>
+      </c>
+      <c r="H15" s="8">
+        <v>0.1899</v>
+      </c>
+      <c r="I15" s="8">
+        <v>0.1763</v>
+      </c>
+      <c r="J15" s="8">
+        <v>0.169</v>
+      </c>
+      <c r="K15" s="8">
+        <v>0.1629</v>
+      </c>
+      <c r="L15" s="8">
+        <v>0.151</v>
+      </c>
+      <c r="M15" s="8">
+        <v>0.1472</v>
+      </c>
+      <c r="N15" s="8">
+        <v>0.1445</v>
+      </c>
+      <c r="O15" s="8">
+        <v>0.1426</v>
+      </c>
+      <c r="P15" s="8">
+        <v>0.1412</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>0.1335</v>
       </c>
     </row>
     <row r="16" spans="1:17">
-      <c r="A16" s="15" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="8">
+        <v>0.466</v>
+      </c>
+      <c r="C16" s="8">
+        <v>0.4286</v>
+      </c>
+      <c r="D16" s="8">
+        <v>0.4054</v>
+      </c>
+      <c r="E16" s="8">
+        <v>0.3634</v>
+      </c>
+      <c r="F16" s="8">
+        <v>0.339</v>
+      </c>
+      <c r="G16" s="8">
+        <v>0.3311</v>
+      </c>
+      <c r="H16" s="8">
+        <v>0.2551</v>
+      </c>
+      <c r="I16" s="8">
+        <v>0.1177</v>
+      </c>
+      <c r="J16" s="8">
+        <v>0.3463</v>
+      </c>
+      <c r="K16" s="8">
+        <v>0.3527</v>
+      </c>
+      <c r="L16" s="8">
+        <v>0.3077</v>
+      </c>
+      <c r="M16" s="8">
+        <v>0.2772</v>
+      </c>
+      <c r="N16" s="8">
+        <v>0.0062</v>
+      </c>
+      <c r="O16" s="8">
+        <v>-0.1856</v>
+      </c>
+      <c r="P16" s="8">
+        <v>-0.1275</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>-0.122</v>
       </c>
     </row>
     <row r="17" spans="1:17">
-      <c r="A17" s="15" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="8">
+        <v>0.3652</v>
+      </c>
+      <c r="D17" s="8">
+        <v>0.3552</v>
+      </c>
+      <c r="E17" s="8">
+        <v>0.3259</v>
+      </c>
+      <c r="F17" s="8">
+        <v>0.3064</v>
+      </c>
+      <c r="G17" s="8">
+        <v>0.3265</v>
+      </c>
+      <c r="H17" s="8">
+        <v>0.3413</v>
+      </c>
+      <c r="I17" s="8">
+        <v>0.3481</v>
+      </c>
+      <c r="J17" s="8">
+        <v>0.3568</v>
+      </c>
+      <c r="K17" s="8">
+        <v>0.3142</v>
+      </c>
+      <c r="L17" s="8">
+        <v>0.3152</v>
+      </c>
+      <c r="M17" s="8">
+        <v>0.3089</v>
+      </c>
+      <c r="N17" s="8">
+        <v>0.2974</v>
+      </c>
+      <c r="O17" s="8">
+        <v>0.3036</v>
+      </c>
+      <c r="P17" s="8">
+        <v>0.2896</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>0.2858</v>
       </c>
     </row>
     <row r="18" spans="1:17">
-      <c r="A18" s="15" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B18" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="8">
+        <v>0.1022</v>
+      </c>
+      <c r="D18" s="8">
+        <v>0.0985</v>
+      </c>
+      <c r="E18" s="8">
+        <v>0.0748</v>
+      </c>
+      <c r="F18" s="8">
+        <v>0.0794</v>
+      </c>
+      <c r="G18" s="8">
+        <v>0.0772</v>
+      </c>
+      <c r="H18" s="8">
+        <v>0.0383</v>
+      </c>
+      <c r="I18" s="8">
+        <v>0.0575</v>
+      </c>
+      <c r="J18" s="8">
+        <v>0.0534</v>
+      </c>
+      <c r="K18" s="8">
+        <v>0.0459</v>
+      </c>
+      <c r="L18" s="8">
+        <v>0.0767</v>
+      </c>
+      <c r="M18" s="8">
+        <v>0.0761</v>
+      </c>
+      <c r="N18" s="8">
+        <v>0.0716</v>
+      </c>
+      <c r="O18" s="8">
+        <v>0.0636</v>
+      </c>
+      <c r="P18" s="8">
+        <v>0.0634</v>
+      </c>
+      <c r="Q18" s="8">
+        <v>0.0579</v>
       </c>
     </row>
     <row r="19" spans="1:17">
-      <c r="A19" s="15" t="s">
-[...123 lines deleted...]
-      <c r="Q21" s="10"/>
+      <c r="A19" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" s="9"/>
+      <c r="C19" s="9"/>
+      <c r="D19" s="9"/>
+      <c r="E19" s="9"/>
+      <c r="F19" s="9"/>
+      <c r="G19" s="9"/>
+      <c r="H19" s="9"/>
+      <c r="I19" s="9"/>
+      <c r="J19" s="9"/>
+      <c r="K19" s="9"/>
+      <c r="L19" s="9"/>
+      <c r="M19" s="9"/>
+      <c r="N19" s="9"/>
+      <c r="O19" s="9"/>
+      <c r="P19" s="9"/>
+      <c r="Q19" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q21"/>
+  <dimension ref="A1:Q19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="Q21" sqref="Q21"/>
+      <selection activeCell="Q19" sqref="Q19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>9</v>
+      </c>
+    </row>
     <row r="3" spans="1:17">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45928</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45837</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45746</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45564</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45193</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45102</v>
+      </c>
+      <c r="M5" s="5">
+        <v>45011</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44829</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44738</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>44647</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17">
+      <c r="A7" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" s="10">
+        <v>1344.0</v>
+      </c>
+      <c r="C7" s="10">
+        <v>1619.0</v>
+      </c>
+      <c r="D7" s="10">
+        <v>342.0</v>
+      </c>
+      <c r="E7" s="10">
+        <v>1712.0</v>
+      </c>
+      <c r="F7" s="10">
+        <v>527.0</v>
+      </c>
+      <c r="G7" s="10">
+        <v>1623.0</v>
+      </c>
+      <c r="H7" s="10">
+        <v>1641.0</v>
+      </c>
+      <c r="I7" s="10">
+        <v>1545.0</v>
+      </c>
+      <c r="J7" s="10">
+        <v>1866.0</v>
+      </c>
+      <c r="K7" s="10">
+        <v>1684.0</v>
+      </c>
+      <c r="L7" s="10">
+        <v>1681.0</v>
+      </c>
+      <c r="M7" s="10">
+        <v>1689.0</v>
+      </c>
+      <c r="N7" s="10">
+        <v>1912.0</v>
+      </c>
+      <c r="O7" s="10">
+        <v>1778.0</v>
+      </c>
+      <c r="P7" s="10">
+        <v>309.0</v>
+      </c>
+      <c r="Q7" s="10">
+        <v>1733.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
+      <c r="A8" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" s="10">
+        <v>59840.0</v>
+      </c>
+      <c r="C8" s="10">
+        <v>60276.0</v>
+      </c>
+      <c r="D8" s="10">
+        <v>58870.0</v>
+      </c>
+      <c r="E8" s="10">
+        <v>56669.0</v>
+      </c>
+      <c r="F8" s="10">
+        <v>55617.0</v>
+      </c>
+      <c r="G8" s="10">
+        <v>55520.0</v>
+      </c>
+      <c r="H8" s="10">
+        <v>55076.0</v>
+      </c>
+      <c r="I8" s="10">
+        <v>54963.0</v>
+      </c>
+      <c r="J8" s="10">
+        <v>52456.0</v>
+      </c>
+      <c r="K8" s="10">
+        <v>56666.0</v>
+      </c>
+      <c r="L8" s="10">
+        <v>56978.0</v>
+      </c>
+      <c r="M8" s="10">
+        <v>54622.0</v>
+      </c>
+      <c r="N8" s="10">
+        <v>52880.0</v>
+      </c>
+      <c r="O8" s="10">
+        <v>52030.0</v>
+      </c>
+      <c r="P8" s="10">
+        <v>51758.0</v>
+      </c>
+      <c r="Q8" s="10">
+        <v>51510.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A9" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:17">
-      <c r="A4" s="3" t="s">
+    <row r="10" spans="1:17">
+      <c r="A10" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10" s="12">
+        <v>0.0838</v>
+      </c>
+      <c r="C10" s="12">
+        <v>0.0697</v>
+      </c>
+      <c r="D10" s="12">
+        <v>0.0714</v>
+      </c>
+      <c r="E10" s="12">
+        <v>0.0971</v>
+      </c>
+      <c r="F10" s="12">
+        <v>0.0959</v>
+      </c>
+      <c r="G10" s="12">
+        <v>0.1202</v>
+      </c>
+      <c r="H10" s="12">
+        <v>0.1223</v>
+      </c>
+      <c r="I10" s="12">
+        <v>0.1233</v>
+      </c>
+      <c r="J10" s="12">
+        <v>0.1319</v>
+      </c>
+      <c r="K10" s="12">
+        <v>0.1229</v>
+      </c>
+      <c r="L10" s="12">
+        <v>0.1239</v>
+      </c>
+      <c r="M10" s="12">
+        <v>0.1041</v>
+      </c>
+      <c r="N10" s="12">
+        <v>0.1084</v>
+      </c>
+      <c r="O10" s="12">
+        <v>0.1128</v>
+      </c>
+      <c r="P10" s="12">
+        <v>0.0909</v>
+      </c>
+      <c r="Q10" s="12">
+        <v>0.1206</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A11" s="6" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" customHeight="1" ht="28.8">
+      <c r="A12" s="13" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17">
+      <c r="A13" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="8">
+        <v>0.0133</v>
+      </c>
+      <c r="C13" s="8">
+        <v>-0.0657</v>
+      </c>
+      <c r="D13" s="8">
+        <v>-0.0689</v>
+      </c>
+      <c r="E13" s="8">
+        <v>-0.0736</v>
+      </c>
+      <c r="F13" s="8">
+        <v>-0.0756</v>
+      </c>
+      <c r="G13" s="8">
+        <v>-0.0579</v>
+      </c>
+      <c r="H13" s="8">
+        <v>-0.0241</v>
+      </c>
+      <c r="I13" s="8">
+        <v>-0.016</v>
+      </c>
+      <c r="J13" s="8">
+        <v>-0.0162</v>
+      </c>
+      <c r="K13" s="8">
+        <v>-0.0211</v>
+      </c>
+      <c r="L13" s="8">
+        <v>-0.0332</v>
+      </c>
+      <c r="M13" s="8">
+        <v>-0.0303</v>
+      </c>
+      <c r="N13" s="8">
+        <v>-0.036</v>
+      </c>
+      <c r="O13" s="8">
+        <v>-0.0614</v>
+      </c>
+      <c r="P13" s="8">
+        <v>-0.039</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>-0.036</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17">
+      <c r="A14" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="8">
+        <v>0.0989</v>
+      </c>
+      <c r="D14" s="8">
+        <v>0.1045</v>
+      </c>
+      <c r="E14" s="8">
+        <v>0.117</v>
+      </c>
+      <c r="F14" s="8">
+        <v>0.123</v>
+      </c>
+      <c r="G14" s="8">
+        <v>0.1238</v>
+      </c>
+      <c r="H14" s="8">
+        <v>0.1321</v>
+      </c>
+      <c r="I14" s="8">
+        <v>0.1343</v>
+      </c>
+      <c r="J14" s="8">
+        <v>0.1181</v>
+      </c>
+      <c r="K14" s="8">
+        <v>0.105</v>
+      </c>
+      <c r="L14" s="8">
+        <v>0.0979</v>
+      </c>
+      <c r="M14" s="8">
+        <v>0.085</v>
+      </c>
+      <c r="N14" s="8">
+        <v>0.0818</v>
+      </c>
+      <c r="O14" s="8">
+        <v>0.0911</v>
+      </c>
+      <c r="P14" s="8">
+        <v>0.0833</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>0.079</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17">
+      <c r="A15" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="8">
+        <v>0.0966</v>
+      </c>
+      <c r="D15" s="8">
+        <v>0.0969</v>
+      </c>
+      <c r="E15" s="8">
+        <v>0.1004</v>
+      </c>
+      <c r="F15" s="8">
+        <v>0.0989</v>
+      </c>
+      <c r="G15" s="8">
+        <v>0.096</v>
+      </c>
+      <c r="H15" s="8">
+        <v>0.0927</v>
+      </c>
+      <c r="I15" s="8">
+        <v>0.0883</v>
+      </c>
+      <c r="J15" s="8">
+        <v>0.0837</v>
+      </c>
+      <c r="K15" s="8">
+        <v>0.0803</v>
+      </c>
+      <c r="L15" s="8">
+        <v>0.0737</v>
+      </c>
+      <c r="M15" s="8">
+        <v>0.0723</v>
+      </c>
+      <c r="N15" s="8">
+        <v>0.0703</v>
+      </c>
+      <c r="O15" s="8">
+        <v>0.0667</v>
+      </c>
+      <c r="P15" s="8">
+        <v>0.0658</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>0.063</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17">
+      <c r="A16" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="8">
+        <v>0.0669</v>
+      </c>
+      <c r="C16" s="8">
+        <v>0.0629</v>
+      </c>
+      <c r="D16" s="8">
+        <v>0.0619</v>
+      </c>
+      <c r="E16" s="8">
+        <v>0.0564</v>
+      </c>
+      <c r="F16" s="8">
+        <v>0.0532</v>
+      </c>
+      <c r="G16" s="8">
+        <v>0.0493</v>
+      </c>
+      <c r="H16" s="8">
+        <v>0.0385</v>
+      </c>
+      <c r="I16" s="8">
+        <v>0.0214</v>
+      </c>
+      <c r="J16" s="8">
+        <v>0.0581</v>
+      </c>
+      <c r="K16" s="8">
+        <v>0.0645</v>
+      </c>
+      <c r="L16" s="8">
+        <v>0.0589</v>
+      </c>
+      <c r="M16" s="8">
+        <v>0.0533</v>
+      </c>
+      <c r="N16" s="8">
+        <v>0.0012</v>
+      </c>
+      <c r="O16" s="8">
+        <v>-0.0323</v>
+      </c>
+      <c r="P16" s="8">
+        <v>-0.0238</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>-0.0248</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17">
+      <c r="A17" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="8">
+        <v>0.0757</v>
+      </c>
+      <c r="D17" s="8">
+        <v>0.0729</v>
+      </c>
+      <c r="E17" s="8">
+        <v>0.0757</v>
+      </c>
+      <c r="F17" s="8">
+        <v>0.0759</v>
+      </c>
+      <c r="G17" s="8">
+        <v>0.0773</v>
+      </c>
+      <c r="H17" s="8">
+        <v>0.0834</v>
+      </c>
+      <c r="I17" s="8">
+        <v>0.0872</v>
+      </c>
+      <c r="J17" s="8">
+        <v>0.092</v>
+      </c>
+      <c r="K17" s="8">
+        <v>0.0883</v>
+      </c>
+      <c r="L17" s="8">
+        <v>0.0875</v>
+      </c>
+      <c r="M17" s="8">
+        <v>0.0873</v>
+      </c>
+      <c r="N17" s="8">
+        <v>0.0797</v>
+      </c>
+      <c r="O17" s="8">
+        <v>0.0892</v>
+      </c>
+      <c r="P17" s="8">
+        <v>0.0816</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>0.0829</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17">
+      <c r="A18" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B18" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="8">
+        <v>0.0391</v>
+      </c>
+      <c r="D18" s="8">
+        <v>0.0368</v>
+      </c>
+      <c r="E18" s="8">
+        <v>0.0279</v>
+      </c>
+      <c r="F18" s="8">
+        <v>0.0293</v>
+      </c>
+      <c r="G18" s="8">
+        <v>0.0286</v>
+      </c>
+      <c r="H18" s="8">
+        <v>0.014</v>
+      </c>
+      <c r="I18" s="8">
+        <v>0.0217</v>
+      </c>
+      <c r="J18" s="8">
+        <v>0.0197</v>
+      </c>
+      <c r="K18" s="8">
+        <v>0.0196</v>
+      </c>
+      <c r="L18" s="8">
+        <v>0.0343</v>
+      </c>
+      <c r="M18" s="8">
+        <v>0.0343</v>
+      </c>
+      <c r="N18" s="8">
+        <v>0.0327</v>
+      </c>
+      <c r="O18" s="8">
+        <v>0.0282</v>
+      </c>
+      <c r="P18" s="8">
+        <v>0.0281</v>
+      </c>
+      <c r="Q18" s="8">
+        <v>0.0263</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17">
+      <c r="A19" s="9" t="s">
         <v>10</v>
       </c>
-    </row>
-[...572 lines deleted...]
-      <c r="Q21" s="10"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="9"/>
+      <c r="D19" s="9"/>
+      <c r="E19" s="9"/>
+      <c r="F19" s="9"/>
+      <c r="G19" s="9"/>
+      <c r="H19" s="9"/>
+      <c r="I19" s="9"/>
+      <c r="J19" s="9"/>
+      <c r="K19" s="9"/>
+      <c r="L19" s="9"/>
+      <c r="M19" s="9"/>
+      <c r="N19" s="9"/>
+      <c r="O19" s="9"/>
+      <c r="P19" s="9"/>
+      <c r="Q19" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">