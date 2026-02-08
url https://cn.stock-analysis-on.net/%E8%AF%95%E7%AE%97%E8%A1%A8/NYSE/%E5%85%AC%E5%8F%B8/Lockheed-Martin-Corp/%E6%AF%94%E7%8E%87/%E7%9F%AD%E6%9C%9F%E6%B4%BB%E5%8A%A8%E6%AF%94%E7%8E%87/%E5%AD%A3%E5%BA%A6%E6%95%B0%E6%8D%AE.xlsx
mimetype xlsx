--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -30,54 +30,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="比率（摘要）" sheetId="1" r:id="rId4"/>
     <sheet name="存货周转率" sheetId="2" r:id="rId5"/>
     <sheet name="应收账款周转率" sheetId="3" r:id="rId6"/>
     <sheet name="应付账款周转率" sheetId="4" r:id="rId7"/>
     <sheet name="营运资金周转率" sheetId="5" r:id="rId8"/>
     <sheet name="库存周转天数" sheetId="6" r:id="rId9"/>
     <sheet name="应收账款周转天数" sheetId="7" r:id="rId10"/>
     <sheet name="运行周期" sheetId="8" r:id="rId11"/>
     <sheet name="应付账款周转天数" sheetId="9" r:id="rId12"/>
     <sheet name="现金周转周期" sheetId="10" r:id="rId13"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Lockheed Martin Corp.</t>
   </si>
   <si>
     <t>短期活动比率</t>
   </si>
   <si>
     <t>季度数据</t>
   </si>
   <si>
     <t>离职率</t>
   </si>
   <si>
     <t>存货周转率</t>
   </si>
   <si>
     <t>应收账款周转率</t>
   </si>
   <si>
     <t>应付账款周转率</t>
   </si>
   <si>
     <t>营运资金周转率</t>
   </si>
   <si>
@@ -183,67 +180,58 @@
     <t>天数</t>
   </si>
   <si>
     <t>运行周期竞争 对手</t>
   </si>
   <si>
     <t>应付账款周转天数</t>
   </si>
   <si>
     <t>应付账款周转天数竞争 对手</t>
   </si>
   <si>
     <t>现金周转周期竞争 对手</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="[$-804]yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0.00;-#,##0.00;&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0;-#,##0;&quot;—&quot;"/>
     <numFmt numFmtId="167" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
-  <fonts count="9">
+  <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -315,97 +303,96 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="19">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="166" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="166" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="167" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="8" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="167" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="167" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -707,6157 +694,6107 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q19"/>
+  <dimension ref="A1:Q17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="Q19" sqref="Q19"/>
+      <selection activeCell="Q17" sqref="Q17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
     <row r="3" spans="1:17">
-      <c r="A3" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:17">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45928</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45837</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45746</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45564</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45193</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45102</v>
+      </c>
+      <c r="M5" s="5">
+        <v>45011</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44829</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44738</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>44647</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:17">
-      <c r="A7" s="5"/>
-[...49 lines deleted...]
-    <row r="8" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A7" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="8">
+        <v>19.13</v>
+      </c>
+      <c r="C7" s="8">
+        <v>17.97</v>
+      </c>
+      <c r="D7" s="8">
+        <v>17.84</v>
+      </c>
+      <c r="E7" s="8">
+        <v>17.94</v>
+      </c>
+      <c r="F7" s="8">
+        <v>18.46</v>
+      </c>
+      <c r="G7" s="8">
+        <v>19.41</v>
+      </c>
+      <c r="H7" s="8">
+        <v>20.21</v>
+      </c>
+      <c r="I7" s="8">
+        <v>18.67</v>
+      </c>
+      <c r="J7" s="8">
+        <v>18.87</v>
+      </c>
+      <c r="K7" s="8">
+        <v>17.88</v>
+      </c>
+      <c r="L7" s="8">
+        <v>16.82</v>
+      </c>
+      <c r="M7" s="8">
+        <v>16.63</v>
+      </c>
+      <c r="N7" s="8">
+        <v>18.68</v>
+      </c>
+      <c r="O7" s="8">
+        <v>18.09</v>
+      </c>
+      <c r="P7" s="8">
+        <v>16.2</v>
+      </c>
+      <c r="Q7" s="8">
+        <v>18.12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="7" t="s">
-        <v>4</v>
+        <v>5</v>
+      </c>
+      <c r="B8" s="8">
+        <v>19.24</v>
+      </c>
+      <c r="C8" s="8">
+        <v>19.079999999999998</v>
+      </c>
+      <c r="D8" s="8">
+        <v>21.73</v>
+      </c>
+      <c r="E8" s="8">
+        <v>35.48</v>
+      </c>
+      <c r="F8" s="8">
+        <v>30.22</v>
+      </c>
+      <c r="G8" s="8">
+        <v>33.3</v>
+      </c>
+      <c r="H8" s="8">
+        <v>24.26</v>
+      </c>
+      <c r="I8" s="8">
+        <v>30.86</v>
+      </c>
+      <c r="J8" s="8">
+        <v>31.69</v>
+      </c>
+      <c r="K8" s="8">
+        <v>28.14</v>
+      </c>
+      <c r="L8" s="8">
+        <v>19.67</v>
+      </c>
+      <c r="M8" s="8">
+        <v>25.61</v>
+      </c>
+      <c r="N8" s="8">
+        <v>26.34</v>
+      </c>
+      <c r="O8" s="8">
+        <v>26.059999999999999</v>
+      </c>
+      <c r="P8" s="8">
+        <v>18.87</v>
+      </c>
+      <c r="Q8" s="8">
+        <v>26.02</v>
       </c>
     </row>
     <row r="9" spans="1:17">
-      <c r="A9" s="8" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="B9" s="8">
+        <v>18.58</v>
+      </c>
+      <c r="C9" s="8">
+        <v>17.57</v>
+      </c>
+      <c r="D9" s="8">
+        <v>18.059999999999999</v>
+      </c>
+      <c r="E9" s="8">
+        <v>16.89</v>
+      </c>
+      <c r="F9" s="8">
+        <v>28.85</v>
+      </c>
+      <c r="G9" s="8">
+        <v>19.48</v>
+      </c>
+      <c r="H9" s="8">
+        <v>19.07</v>
+      </c>
+      <c r="I9" s="8">
+        <v>17.38</v>
+      </c>
+      <c r="J9" s="8">
+        <v>25.56</v>
+      </c>
+      <c r="K9" s="8">
+        <v>15.51</v>
+      </c>
+      <c r="L9" s="8">
+        <v>16.97</v>
+      </c>
+      <c r="M9" s="8">
+        <v>17.65</v>
+      </c>
+      <c r="N9" s="8">
+        <v>27.25</v>
+      </c>
+      <c r="O9" s="8">
+        <v>21.48</v>
+      </c>
+      <c r="P9" s="8">
+        <v>24.07</v>
+      </c>
+      <c r="Q9" s="8">
+        <v>21.92</v>
       </c>
     </row>
     <row r="10" spans="1:17">
-      <c r="A10" s="8" t="s">
-[...52 lines deleted...]
-      <c r="A11" s="8" t="s">
+      <c r="A10" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="9" t="e">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="B10" s="8">
+        <v>37.020000000000003</v>
+      </c>
+      <c r="C10" s="8">
+        <v>24.76</v>
+      </c>
+      <c r="D10" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="E10" s="8">
+        <v>44.49</v>
+      </c>
+      <c r="F10" s="8">
+        <v>29.25</v>
+      </c>
+      <c r="G10" s="8">
+        <v>13.2</v>
+      </c>
+      <c r="H10" s="8">
+        <v>15.88</v>
+      </c>
+      <c r="I10" s="8">
+        <v>13.24</v>
+      </c>
+      <c r="J10" s="8">
+        <v>18.85</v>
+      </c>
+      <c r="K10" s="8">
+        <v>11.039999999999999</v>
+      </c>
+      <c r="L10" s="8">
+        <v>10.56</v>
+      </c>
+      <c r="M10" s="8">
+        <v>12.81</v>
+      </c>
+      <c r="N10" s="8">
+        <v>12.93</v>
+      </c>
+      <c r="O10" s="8">
+        <v>14.029999999999999</v>
+      </c>
+      <c r="P10" s="8">
+        <v>14.28</v>
+      </c>
+      <c r="Q10" s="8">
+        <v>15.14</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A11" s="6" t="s">
+        <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:17">
-      <c r="A12" s="8" t="s">
-[...51 lines deleted...]
-    <row r="13" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A12" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="B12" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="C12" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="D12" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="E12" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="F12" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="G12" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="H12" s="9">
+        <v>18.0</v>
+      </c>
+      <c r="I12" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="J12" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="K12" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="L12" s="9">
+        <v>22.0</v>
+      </c>
+      <c r="M12" s="9">
+        <v>22.0</v>
+      </c>
+      <c r="N12" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="O12" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="P12" s="9">
+        <v>23.0</v>
+      </c>
+      <c r="Q12" s="9">
+        <v>20.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17">
       <c r="A13" s="7" t="s">
-        <v>9</v>
+        <v>10</v>
+      </c>
+      <c r="B13" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="C13" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="D13" s="9">
+        <v>17.0</v>
+      </c>
+      <c r="E13" s="9">
+        <v>10.0</v>
+      </c>
+      <c r="F13" s="9">
+        <v>12.0</v>
+      </c>
+      <c r="G13" s="9">
+        <v>11.0</v>
+      </c>
+      <c r="H13" s="9">
+        <v>15.0</v>
+      </c>
+      <c r="I13" s="9">
+        <v>12.0</v>
+      </c>
+      <c r="J13" s="9">
+        <v>12.0</v>
+      </c>
+      <c r="K13" s="9">
+        <v>13.0</v>
+      </c>
+      <c r="L13" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="M13" s="9">
+        <v>14.0</v>
+      </c>
+      <c r="N13" s="9">
+        <v>14.0</v>
+      </c>
+      <c r="O13" s="9">
+        <v>14.0</v>
+      </c>
+      <c r="P13" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="Q13" s="9">
+        <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:17">
-      <c r="A14" s="8" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="B14" s="11">
+        <v>38.0</v>
+      </c>
+      <c r="C14" s="11">
+        <v>39.0</v>
+      </c>
+      <c r="D14" s="11">
+        <v>37.0</v>
+      </c>
+      <c r="E14" s="11">
+        <v>30.0</v>
+      </c>
+      <c r="F14" s="11">
+        <v>32.0</v>
+      </c>
+      <c r="G14" s="11">
+        <v>30.0</v>
+      </c>
+      <c r="H14" s="11">
+        <v>33.0</v>
+      </c>
+      <c r="I14" s="11">
+        <v>32.0</v>
+      </c>
+      <c r="J14" s="11">
+        <v>31.0</v>
+      </c>
+      <c r="K14" s="11">
+        <v>33.0</v>
+      </c>
+      <c r="L14" s="11">
+        <v>41.0</v>
+      </c>
+      <c r="M14" s="11">
+        <v>36.0</v>
+      </c>
+      <c r="N14" s="11">
+        <v>34.0</v>
+      </c>
+      <c r="O14" s="11">
+        <v>34.0</v>
+      </c>
+      <c r="P14" s="11">
+        <v>42.0</v>
+      </c>
+      <c r="Q14" s="11">
+        <v>34.0</v>
       </c>
     </row>
     <row r="15" spans="1:17">
-      <c r="A15" s="8" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="B15" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="C15" s="9">
+        <v>21.0</v>
+      </c>
+      <c r="D15" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="E15" s="9">
+        <v>22.0</v>
+      </c>
+      <c r="F15" s="9">
+        <v>13.0</v>
+      </c>
+      <c r="G15" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="H15" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="I15" s="9">
+        <v>21.0</v>
+      </c>
+      <c r="J15" s="9">
+        <v>14.0</v>
+      </c>
+      <c r="K15" s="9">
+        <v>24.0</v>
+      </c>
+      <c r="L15" s="9">
+        <v>22.0</v>
+      </c>
+      <c r="M15" s="9">
+        <v>21.0</v>
+      </c>
+      <c r="N15" s="9">
+        <v>13.0</v>
+      </c>
+      <c r="O15" s="9">
+        <v>17.0</v>
+      </c>
+      <c r="P15" s="9">
+        <v>15.0</v>
+      </c>
+      <c r="Q15" s="9">
+        <v>17.0</v>
       </c>
     </row>
     <row r="16" spans="1:17">
-      <c r="A16" s="11" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="B16" s="11">
+        <v>18.0</v>
+      </c>
+      <c r="C16" s="11">
+        <v>18.0</v>
+      </c>
+      <c r="D16" s="11">
+        <v>17.0</v>
+      </c>
+      <c r="E16" s="11">
+        <v>8.0</v>
+      </c>
+      <c r="F16" s="11">
+        <v>19.0</v>
+      </c>
+      <c r="G16" s="11">
+        <v>11.0</v>
+      </c>
+      <c r="H16" s="11">
+        <v>14.0</v>
+      </c>
+      <c r="I16" s="11">
+        <v>11.0</v>
+      </c>
+      <c r="J16" s="11">
+        <v>17.0</v>
+      </c>
+      <c r="K16" s="11">
+        <v>9.0</v>
+      </c>
+      <c r="L16" s="11">
+        <v>19.0</v>
+      </c>
+      <c r="M16" s="11">
+        <v>15.0</v>
+      </c>
+      <c r="N16" s="11">
+        <v>21.0</v>
+      </c>
+      <c r="O16" s="11">
+        <v>17.0</v>
+      </c>
+      <c r="P16" s="11">
+        <v>27.0</v>
+      </c>
+      <c r="Q16" s="11">
+        <v>17.0</v>
       </c>
     </row>
     <row r="17" spans="1:17">
-      <c r="A17" s="8" t="s">
-[...52 lines deleted...]
-      <c r="A18" s="13" t="s">
+      <c r="A17" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="B18" s="12" t="e">
-[...67 lines deleted...]
-      <c r="Q19" s="14"/>
+      <c r="B17" s="13"/>
+      <c r="C17" s="13"/>
+      <c r="D17" s="13"/>
+      <c r="E17" s="13"/>
+      <c r="F17" s="13"/>
+      <c r="G17" s="13"/>
+      <c r="H17" s="13"/>
+      <c r="I17" s="13"/>
+      <c r="J17" s="13"/>
+      <c r="K17" s="13"/>
+      <c r="L17" s="13"/>
+      <c r="M17" s="13"/>
+      <c r="N17" s="13"/>
+      <c r="O17" s="13"/>
+      <c r="P17" s="13"/>
+      <c r="Q17" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-[...668 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Q21"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="Q21" sqref="Q21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
     <row r="3" spans="1:17">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17">
+      <c r="A6" s="4"/>
+      <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
+        <v>45928</v>
+      </c>
+      <c r="D6" s="5">
+        <v>45837</v>
+      </c>
+      <c r="E6" s="5">
+        <v>45746</v>
+      </c>
+      <c r="F6" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G6" s="5">
+        <v>45564</v>
+      </c>
+      <c r="H6" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I6" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J6" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K6" s="5">
+        <v>45193</v>
+      </c>
+      <c r="L6" s="5">
+        <v>45102</v>
+      </c>
+      <c r="M6" s="5">
+        <v>45011</v>
+      </c>
+      <c r="N6" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O6" s="5">
+        <v>44829</v>
+      </c>
+      <c r="P6" s="5">
+        <v>44738</v>
+      </c>
+      <c r="Q6" s="5">
+        <v>44647</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A7" s="6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
+      <c r="A8" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="C8" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="D8" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="E8" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="F8" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="G8" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="H8" s="9">
+        <v>18.0</v>
+      </c>
+      <c r="I8" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="J8" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="K8" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="L8" s="9">
+        <v>22.0</v>
+      </c>
+      <c r="M8" s="9">
+        <v>22.0</v>
+      </c>
+      <c r="N8" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="O8" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="P8" s="9">
+        <v>23.0</v>
+      </c>
+      <c r="Q8" s="9">
+        <v>20.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
+      <c r="A9" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="C9" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="D9" s="9">
+        <v>17.0</v>
+      </c>
+      <c r="E9" s="9">
+        <v>10.0</v>
+      </c>
+      <c r="F9" s="9">
+        <v>12.0</v>
+      </c>
+      <c r="G9" s="9">
+        <v>11.0</v>
+      </c>
+      <c r="H9" s="9">
+        <v>15.0</v>
+      </c>
+      <c r="I9" s="9">
+        <v>12.0</v>
+      </c>
+      <c r="J9" s="9">
+        <v>12.0</v>
+      </c>
+      <c r="K9" s="9">
+        <v>13.0</v>
+      </c>
+      <c r="L9" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="M9" s="9">
+        <v>14.0</v>
+      </c>
+      <c r="N9" s="9">
+        <v>14.0</v>
+      </c>
+      <c r="O9" s="9">
+        <v>14.0</v>
+      </c>
+      <c r="P9" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="Q9" s="9">
+        <v>14.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17">
+      <c r="A10" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="C10" s="9">
+        <v>21.0</v>
+      </c>
+      <c r="D10" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="E10" s="9">
+        <v>22.0</v>
+      </c>
+      <c r="F10" s="9">
+        <v>13.0</v>
+      </c>
+      <c r="G10" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="H10" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="I10" s="9">
+        <v>21.0</v>
+      </c>
+      <c r="J10" s="9">
+        <v>14.0</v>
+      </c>
+      <c r="K10" s="9">
+        <v>24.0</v>
+      </c>
+      <c r="L10" s="9">
+        <v>22.0</v>
+      </c>
+      <c r="M10" s="9">
+        <v>21.0</v>
+      </c>
+      <c r="N10" s="9">
+        <v>13.0</v>
+      </c>
+      <c r="O10" s="9">
+        <v>17.0</v>
+      </c>
+      <c r="P10" s="9">
+        <v>15.0</v>
+      </c>
+      <c r="Q10" s="9">
+        <v>17.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A11" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:17">
-[...1 lines deleted...]
-        <v>5</v>
+    <row r="12" spans="1:17">
+      <c r="A12" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="B12" s="11">
+        <v>18.0</v>
+      </c>
+      <c r="C12" s="11">
+        <v>18.0</v>
+      </c>
+      <c r="D12" s="11">
+        <v>17.0</v>
+      </c>
+      <c r="E12" s="11">
+        <v>8.0</v>
+      </c>
+      <c r="F12" s="11">
+        <v>19.0</v>
+      </c>
+      <c r="G12" s="11">
+        <v>11.0</v>
+      </c>
+      <c r="H12" s="11">
+        <v>14.0</v>
+      </c>
+      <c r="I12" s="11">
+        <v>11.0</v>
+      </c>
+      <c r="J12" s="11">
+        <v>17.0</v>
+      </c>
+      <c r="K12" s="11">
+        <v>9.0</v>
+      </c>
+      <c r="L12" s="11">
+        <v>19.0</v>
+      </c>
+      <c r="M12" s="11">
+        <v>15.0</v>
+      </c>
+      <c r="N12" s="11">
+        <v>21.0</v>
+      </c>
+      <c r="O12" s="11">
+        <v>17.0</v>
+      </c>
+      <c r="P12" s="11">
+        <v>27.0</v>
+      </c>
+      <c r="Q12" s="11">
+        <v>17.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A13" s="6" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
+      <c r="A14" s="16" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17">
+      <c r="A15" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="B15" s="9">
+        <v>319.0</v>
+      </c>
+      <c r="C15" s="9">
+        <v>338.0</v>
+      </c>
+      <c r="D15" s="9">
+        <v>385.0</v>
+      </c>
+      <c r="E15" s="9">
+        <v>419.0</v>
+      </c>
+      <c r="F15" s="9">
+        <v>419.0</v>
+      </c>
+      <c r="G15" s="9">
+        <v>379.0</v>
+      </c>
+      <c r="H15" s="9">
+        <v>421.0</v>
+      </c>
+      <c r="I15" s="9">
+        <v>395.0</v>
+      </c>
+      <c r="J15" s="9">
+        <v>365.0</v>
+      </c>
+      <c r="K15" s="9">
+        <v>375.0</v>
+      </c>
+      <c r="L15" s="9">
+        <v>373.0</v>
+      </c>
+      <c r="M15" s="9">
+        <v>396.0</v>
+      </c>
+      <c r="N15" s="9">
+        <v>407.0</v>
+      </c>
+      <c r="O15" s="9">
+        <v>427.0</v>
+      </c>
+      <c r="P15" s="9">
+        <v>453.0</v>
+      </c>
+      <c r="Q15" s="9">
+        <v>453.0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17">
+      <c r="A16" s="17" t="s">
+        <v>21</v>
+      </c>
+      <c r="B16" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="9">
+        <v>151.0</v>
+      </c>
+      <c r="D16" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="E16" s="9">
+        <v>149.0</v>
+      </c>
+      <c r="F16" s="9">
+        <v>138.0</v>
+      </c>
+      <c r="G16" s="9">
+        <v>139.0</v>
+      </c>
+      <c r="H16" s="9">
+        <v>139.0</v>
+      </c>
+      <c r="I16" s="9">
+        <v>132.0</v>
+      </c>
+      <c r="J16" s="9">
+        <v>127.0</v>
+      </c>
+      <c r="K16" s="9">
+        <v>135.0</v>
+      </c>
+      <c r="L16" s="9">
+        <v>135.0</v>
+      </c>
+      <c r="M16" s="9">
+        <v>133.0</v>
+      </c>
+      <c r="N16" s="9">
+        <v>124.0</v>
+      </c>
+      <c r="O16" s="9">
+        <v>134.0</v>
+      </c>
+      <c r="P16" s="9">
+        <v>135.0</v>
+      </c>
+      <c r="Q16" s="9">
+        <v>133.0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17">
+      <c r="A17" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="B17" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="9">
+        <v>93.0</v>
+      </c>
+      <c r="D17" s="9">
+        <v>96.0</v>
+      </c>
+      <c r="E17" s="9">
+        <v>90.0</v>
+      </c>
+      <c r="F17" s="9">
+        <v>81.0</v>
+      </c>
+      <c r="G17" s="9">
+        <v>86.0</v>
+      </c>
+      <c r="H17" s="9">
+        <v>84.0</v>
+      </c>
+      <c r="I17" s="9">
+        <v>84.0</v>
+      </c>
+      <c r="J17" s="9">
+        <v>79.0</v>
+      </c>
+      <c r="K17" s="9">
+        <v>83.0</v>
+      </c>
+      <c r="L17" s="9">
+        <v>85.0</v>
+      </c>
+      <c r="M17" s="9">
+        <v>85.0</v>
+      </c>
+      <c r="N17" s="9">
+        <v>81.0</v>
+      </c>
+      <c r="O17" s="9">
+        <v>82.0</v>
+      </c>
+      <c r="P17" s="9">
+        <v>83.0</v>
+      </c>
+      <c r="Q17" s="9">
+        <v>80.0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17">
+      <c r="A18" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="B18" s="9">
+        <v>125.0</v>
+      </c>
+      <c r="C18" s="9">
+        <v>126.0</v>
+      </c>
+      <c r="D18" s="9">
+        <v>127.0</v>
+      </c>
+      <c r="E18" s="9">
+        <v>126.0</v>
+      </c>
+      <c r="F18" s="9">
+        <v>125.0</v>
+      </c>
+      <c r="G18" s="9">
+        <v>97.0</v>
+      </c>
+      <c r="H18" s="9">
+        <v>76.0</v>
+      </c>
+      <c r="I18" s="9">
+        <v>112.0</v>
+      </c>
+      <c r="J18" s="9">
+        <v>95.0</v>
+      </c>
+      <c r="K18" s="9">
+        <v>88.0</v>
+      </c>
+      <c r="L18" s="9">
+        <v>87.0</v>
+      </c>
+      <c r="M18" s="9">
+        <v>81.0</v>
+      </c>
+      <c r="N18" s="9">
+        <v>80.0</v>
+      </c>
+      <c r="O18" s="9">
+        <v>89.0</v>
+      </c>
+      <c r="P18" s="9">
+        <v>87.0</v>
+      </c>
+      <c r="Q18" s="9">
+        <v>84.0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17">
+      <c r="A19" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="B19" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="9">
+        <v>77.0</v>
+      </c>
+      <c r="D19" s="9">
+        <v>79.0</v>
+      </c>
+      <c r="E19" s="9">
+        <v>75.0</v>
+      </c>
+      <c r="F19" s="9">
+        <v>68.0</v>
+      </c>
+      <c r="G19" s="9">
+        <v>71.0</v>
+      </c>
+      <c r="H19" s="9">
+        <v>74.0</v>
+      </c>
+      <c r="I19" s="9">
+        <v>72.0</v>
+      </c>
+      <c r="J19" s="9">
+        <v>64.0</v>
+      </c>
+      <c r="K19" s="9">
+        <v>72.0</v>
+      </c>
+      <c r="L19" s="9">
+        <v>72.0</v>
+      </c>
+      <c r="M19" s="9">
+        <v>70.0</v>
+      </c>
+      <c r="N19" s="9">
+        <v>64.0</v>
+      </c>
+      <c r="O19" s="9">
+        <v>67.0</v>
+      </c>
+      <c r="P19" s="9">
+        <v>71.0</v>
+      </c>
+      <c r="Q19" s="9">
+        <v>63.0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17">
+      <c r="A20" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="B20" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="9">
+        <v>50.0</v>
+      </c>
+      <c r="D20" s="9">
+        <v>58.0</v>
+      </c>
+      <c r="E20" s="9">
+        <v>52.0</v>
+      </c>
+      <c r="F20" s="9">
+        <v>49.0</v>
+      </c>
+      <c r="G20" s="9">
+        <v>56.0</v>
+      </c>
+      <c r="H20" s="9">
+        <v>65.0</v>
+      </c>
+      <c r="I20" s="9">
+        <v>65.0</v>
+      </c>
+      <c r="J20" s="9">
+        <v>64.0</v>
+      </c>
+      <c r="K20" s="9">
+        <v>66.0</v>
+      </c>
+      <c r="L20" s="9">
+        <v>63.0</v>
+      </c>
+      <c r="M20" s="9">
+        <v>63.0</v>
+      </c>
+      <c r="N20" s="9">
+        <v>55.0</v>
+      </c>
+      <c r="O20" s="9">
+        <v>61.0</v>
+      </c>
+      <c r="P20" s="9">
+        <v>61.0</v>
+      </c>
+      <c r="Q20" s="9">
+        <v>62.0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17">
+      <c r="A21" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B21" s="13"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="13"/>
+      <c r="H21" s="13"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="13"/>
+      <c r="K21" s="13"/>
+      <c r="L21" s="13"/>
+      <c r="M21" s="13"/>
+      <c r="N21" s="13"/>
+      <c r="O21" s="13"/>
+      <c r="P21" s="13"/>
+      <c r="Q21" s="13"/>
+    </row>
+  </sheetData>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+  </sheetPr>
+  <dimension ref="A1:Q19"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
+      <selection activeCell="Q19" sqref="Q19"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="60" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:17">
-      <c r="A5" s="4" t="s">
-        <v>3</v>
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45928</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45837</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45746</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45564</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45193</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45102</v>
+      </c>
+      <c r="M5" s="5">
+        <v>45011</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44829</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44738</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>44647</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:17">
-      <c r="A7" s="5"/>
-[...49 lines deleted...]
-    <row r="8" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A7" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="14">
+        <v>17999.0</v>
+      </c>
+      <c r="C7" s="14">
+        <v>16369.0</v>
+      </c>
+      <c r="D7" s="14">
+        <v>17421.0</v>
+      </c>
+      <c r="E7" s="14">
+        <v>15640.0</v>
+      </c>
+      <c r="F7" s="14">
+        <v>17932.0</v>
+      </c>
+      <c r="G7" s="14">
+        <v>14987.0</v>
+      </c>
+      <c r="H7" s="14">
+        <v>15992.0</v>
+      </c>
+      <c r="I7" s="14">
+        <v>15202.0</v>
+      </c>
+      <c r="J7" s="14">
+        <v>16579.0</v>
+      </c>
+      <c r="K7" s="14">
+        <v>14830.0</v>
+      </c>
+      <c r="L7" s="14">
+        <v>14603.0</v>
+      </c>
+      <c r="M7" s="14">
+        <v>13080.0</v>
+      </c>
+      <c r="N7" s="14">
+        <v>16689.0</v>
+      </c>
+      <c r="O7" s="14">
+        <v>14463.0</v>
+      </c>
+      <c r="P7" s="14">
+        <v>13490.0</v>
+      </c>
+      <c r="Q7" s="14">
+        <v>13055.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="7" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      <c r="A9" s="8" t="s">
         <v>17</v>
       </c>
-      <c r="B9" s="15" t="e">
-[...45 lines deleted...]
-        <v>#N/A</v>
+      <c r="B8" s="14">
+        <v>3524.0</v>
+      </c>
+      <c r="C8" s="14">
+        <v>3749.0</v>
+      </c>
+      <c r="D8" s="14">
+        <v>3699.0</v>
+      </c>
+      <c r="E8" s="14">
+        <v>3599.0</v>
+      </c>
+      <c r="F8" s="14">
+        <v>3474.0</v>
+      </c>
+      <c r="G8" s="14">
+        <v>3234.0</v>
+      </c>
+      <c r="H8" s="14">
+        <v>3097.0</v>
+      </c>
+      <c r="I8" s="14">
+        <v>3278.0</v>
+      </c>
+      <c r="J8" s="14">
+        <v>3132.0</v>
+      </c>
+      <c r="K8" s="14">
+        <v>3312.0</v>
+      </c>
+      <c r="L8" s="14">
+        <v>3498.0</v>
+      </c>
+      <c r="M8" s="14">
+        <v>3471.0</v>
+      </c>
+      <c r="N8" s="14">
+        <v>3088.0</v>
+      </c>
+      <c r="O8" s="14">
+        <v>3113.0</v>
+      </c>
+      <c r="P8" s="14">
+        <v>3431.0</v>
+      </c>
+      <c r="Q8" s="14">
+        <v>3144.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A9" s="6" t="s">
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:17">
-      <c r="A10" s="8" t="s">
+      <c r="A10" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B10" s="15">
+        <v>19.13</v>
+      </c>
+      <c r="C10" s="15">
+        <v>17.97</v>
+      </c>
+      <c r="D10" s="15">
+        <v>17.84</v>
+      </c>
+      <c r="E10" s="15">
+        <v>17.94</v>
+      </c>
+      <c r="F10" s="15">
+        <v>18.46</v>
+      </c>
+      <c r="G10" s="15">
+        <v>19.41</v>
+      </c>
+      <c r="H10" s="15">
+        <v>20.21</v>
+      </c>
+      <c r="I10" s="15">
+        <v>18.67</v>
+      </c>
+      <c r="J10" s="15">
+        <v>18.87</v>
+      </c>
+      <c r="K10" s="15">
+        <v>17.88</v>
+      </c>
+      <c r="L10" s="15">
+        <v>16.82</v>
+      </c>
+      <c r="M10" s="15">
+        <v>16.63</v>
+      </c>
+      <c r="N10" s="15">
+        <v>18.68</v>
+      </c>
+      <c r="O10" s="15">
+        <v>18.09</v>
+      </c>
+      <c r="P10" s="15">
+        <v>16.2</v>
+      </c>
+      <c r="Q10" s="15">
+        <v>18.12</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A11" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="B10" s="15" t="e">
-[...107 lines deleted...]
-      <c r="A13" s="7" t="s">
+    </row>
+    <row r="12" spans="1:17" customHeight="1" ht="28.8">
+      <c r="A12" s="16" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="14" spans="1:17" customHeight="1" ht="28.8">
+    <row r="13" spans="1:17">
+      <c r="A13" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="B13" s="8">
+        <v>1.01</v>
+      </c>
+      <c r="C13" s="8">
+        <v>0.97</v>
+      </c>
+      <c r="D13" s="8">
+        <v>0.86</v>
+      </c>
+      <c r="E13" s="8">
+        <v>0.8</v>
+      </c>
+      <c r="F13" s="8">
+        <v>0.78</v>
+      </c>
+      <c r="G13" s="8">
+        <v>0.85</v>
+      </c>
+      <c r="H13" s="8">
+        <v>0.78</v>
+      </c>
+      <c r="I13" s="8">
+        <v>0.82</v>
+      </c>
+      <c r="J13" s="8">
+        <v>0.88</v>
+      </c>
+      <c r="K13" s="8">
+        <v>0.87</v>
+      </c>
+      <c r="L13" s="8">
+        <v>0.88</v>
+      </c>
+      <c r="M13" s="8">
+        <v>0.83</v>
+      </c>
+      <c r="N13" s="8">
+        <v>0.81</v>
+      </c>
+      <c r="O13" s="8">
+        <v>0.78</v>
+      </c>
+      <c r="P13" s="8">
+        <v>0.74</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>0.74</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17">
       <c r="A14" s="17" t="s">
-        <v>20</v>
+        <v>21</v>
+      </c>
+      <c r="B14" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="8">
+        <v>2.2</v>
+      </c>
+      <c r="D14" s="8">
+        <v>2.16</v>
+      </c>
+      <c r="E14" s="8">
+        <v>2.21</v>
+      </c>
+      <c r="F14" s="8">
+        <v>2.39</v>
+      </c>
+      <c r="G14" s="8">
+        <v>2.36</v>
+      </c>
+      <c r="H14" s="8">
+        <v>2.42</v>
+      </c>
+      <c r="I14" s="8">
+        <v>2.5</v>
+      </c>
+      <c r="J14" s="8">
+        <v>2.58</v>
+      </c>
+      <c r="K14" s="8">
+        <v>2.47</v>
+      </c>
+      <c r="L14" s="8">
+        <v>2.42</v>
+      </c>
+      <c r="M14" s="8">
+        <v>2.38</v>
+      </c>
+      <c r="N14" s="8">
+        <v>2.54</v>
+      </c>
+      <c r="O14" s="8">
+        <v>2.36</v>
+      </c>
+      <c r="P14" s="8">
+        <v>2.4</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>2.46</v>
       </c>
     </row>
     <row r="15" spans="1:17">
-      <c r="A15" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="B15" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="8">
+        <v>3.57</v>
+      </c>
+      <c r="D15" s="8">
+        <v>3.51</v>
+      </c>
+      <c r="E15" s="8">
+        <v>3.55</v>
+      </c>
+      <c r="F15" s="8">
+        <v>3.64</v>
+      </c>
+      <c r="G15" s="8">
+        <v>3.66</v>
+      </c>
+      <c r="H15" s="8">
+        <v>3.81</v>
+      </c>
+      <c r="I15" s="8">
+        <v>3.85</v>
+      </c>
+      <c r="J15" s="8">
+        <v>3.95</v>
+      </c>
+      <c r="K15" s="8">
+        <v>3.93</v>
+      </c>
+      <c r="L15" s="8">
+        <v>3.93</v>
+      </c>
+      <c r="M15" s="8">
+        <v>3.94</v>
+      </c>
+      <c r="N15" s="8">
+        <v>4.04</v>
+      </c>
+      <c r="O15" s="8">
+        <v>3.95</v>
+      </c>
+      <c r="P15" s="8">
+        <v>3.87</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>4.03</v>
       </c>
     </row>
     <row r="16" spans="1:17">
-      <c r="A16" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="B16" s="8">
+        <v>2.44</v>
+      </c>
+      <c r="C16" s="8">
+        <v>2.35</v>
+      </c>
+      <c r="D16" s="8">
+        <v>2.29</v>
+      </c>
+      <c r="E16" s="8">
+        <v>2.34</v>
+      </c>
+      <c r="F16" s="8">
+        <v>2.49</v>
+      </c>
+      <c r="G16" s="8">
+        <v>3.29</v>
+      </c>
+      <c r="H16" s="8">
+        <v>4.08</v>
+      </c>
+      <c r="I16" s="8">
+        <v>2.58</v>
+      </c>
+      <c r="J16" s="8">
+        <v>3.05</v>
+      </c>
+      <c r="K16" s="8">
+        <v>3.02</v>
+      </c>
+      <c r="L16" s="8">
+        <v>3.15</v>
+      </c>
+      <c r="M16" s="8">
+        <v>3.32</v>
+      </c>
+      <c r="N16" s="8">
+        <v>3.19</v>
+      </c>
+      <c r="O16" s="8">
+        <v>3.1</v>
+      </c>
+      <c r="P16" s="8">
+        <v>3.04</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>3.25</v>
       </c>
     </row>
     <row r="17" spans="1:17">
-      <c r="A17" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="B17" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="8">
+        <v>3.6</v>
+      </c>
+      <c r="D17" s="8">
+        <v>3.53</v>
+      </c>
+      <c r="E17" s="8">
+        <v>3.67</v>
+      </c>
+      <c r="F17" s="8">
+        <v>3.7</v>
+      </c>
+      <c r="G17" s="8">
+        <v>3.73</v>
+      </c>
+      <c r="H17" s="8">
+        <v>3.69</v>
+      </c>
+      <c r="I17" s="8">
+        <v>3.65</v>
+      </c>
+      <c r="J17" s="8">
+        <v>3.72</v>
+      </c>
+      <c r="K17" s="8">
+        <v>3.76</v>
+      </c>
+      <c r="L17" s="8">
+        <v>3.82</v>
+      </c>
+      <c r="M17" s="8">
+        <v>3.9</v>
+      </c>
+      <c r="N17" s="8">
+        <v>4.04</v>
+      </c>
+      <c r="O17" s="8">
+        <v>4.09</v>
+      </c>
+      <c r="P17" s="8">
+        <v>4.06</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>4.2</v>
       </c>
     </row>
     <row r="18" spans="1:17">
-      <c r="A18" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="B18" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="8">
+        <v>4.97</v>
+      </c>
+      <c r="D18" s="8">
+        <v>4.77</v>
+      </c>
+      <c r="E18" s="8">
+        <v>4.83</v>
+      </c>
+      <c r="F18" s="8">
+        <v>5.12</v>
+      </c>
+      <c r="G18" s="8">
+        <v>4.74</v>
+      </c>
+      <c r="H18" s="8">
+        <v>4.64</v>
+      </c>
+      <c r="I18" s="8">
+        <v>4.76</v>
+      </c>
+      <c r="J18" s="8">
+        <v>4.83</v>
+      </c>
+      <c r="K18" s="8">
+        <v>4.6</v>
+      </c>
+      <c r="L18" s="8">
+        <v>4.68</v>
+      </c>
+      <c r="M18" s="8">
+        <v>4.81</v>
+      </c>
+      <c r="N18" s="8">
+        <v>5.03</v>
+      </c>
+      <c r="O18" s="8">
+        <v>5.03</v>
+      </c>
+      <c r="P18" s="8">
+        <v>5.14</v>
+      </c>
+      <c r="Q18" s="8">
+        <v>5.33</v>
       </c>
     </row>
     <row r="19" spans="1:17">
-      <c r="A19" s="18" t="s">
-[...123 lines deleted...]
-      <c r="Q21" s="14"/>
+      <c r="A19" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B19" s="13"/>
+      <c r="C19" s="13"/>
+      <c r="D19" s="13"/>
+      <c r="E19" s="13"/>
+      <c r="F19" s="13"/>
+      <c r="G19" s="13"/>
+      <c r="H19" s="13"/>
+      <c r="I19" s="13"/>
+      <c r="J19" s="13"/>
+      <c r="K19" s="13"/>
+      <c r="L19" s="13"/>
+      <c r="M19" s="13"/>
+      <c r="N19" s="13"/>
+      <c r="O19" s="13"/>
+      <c r="P19" s="13"/>
+      <c r="Q19" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q21"/>
+  <dimension ref="A1:Q19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="Q21" sqref="Q21"/>
+      <selection activeCell="Q19" sqref="Q19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
     <row r="3" spans="1:17">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45928</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45837</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45746</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45564</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45193</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45102</v>
+      </c>
+      <c r="M5" s="5">
+        <v>45011</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44829</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44738</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>44647</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17">
+      <c r="A7" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" s="14">
+        <v>20321.0</v>
+      </c>
+      <c r="C7" s="14">
+        <v>18609.0</v>
+      </c>
+      <c r="D7" s="14">
+        <v>18155.0</v>
+      </c>
+      <c r="E7" s="14">
+        <v>17963.0</v>
+      </c>
+      <c r="F7" s="14">
+        <v>18622.0</v>
+      </c>
+      <c r="G7" s="14">
+        <v>17104.0</v>
+      </c>
+      <c r="H7" s="14">
+        <v>18122.0</v>
+      </c>
+      <c r="I7" s="14">
+        <v>17195.0</v>
+      </c>
+      <c r="J7" s="14">
+        <v>18874.0</v>
+      </c>
+      <c r="K7" s="14">
+        <v>16878.0</v>
+      </c>
+      <c r="L7" s="14">
+        <v>16693.0</v>
+      </c>
+      <c r="M7" s="14">
+        <v>15126.0</v>
+      </c>
+      <c r="N7" s="14">
+        <v>18991.0</v>
+      </c>
+      <c r="O7" s="14">
+        <v>16583.0</v>
+      </c>
+      <c r="P7" s="14">
+        <v>15446.0</v>
+      </c>
+      <c r="Q7" s="14">
+        <v>14964.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
+      <c r="A8" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" s="14">
+        <v>3901.0</v>
+      </c>
+      <c r="C8" s="14">
+        <v>3844.0</v>
+      </c>
+      <c r="D8" s="14">
+        <v>3306.0</v>
+      </c>
+      <c r="E8" s="14">
+        <v>2024.0</v>
+      </c>
+      <c r="F8" s="14">
+        <v>2351.0</v>
+      </c>
+      <c r="G8" s="14">
+        <v>2141.0</v>
+      </c>
+      <c r="H8" s="14">
+        <v>2930.0</v>
+      </c>
+      <c r="I8" s="14">
+        <v>2257.0</v>
+      </c>
+      <c r="J8" s="14">
+        <v>2132.0</v>
+      </c>
+      <c r="K8" s="14">
+        <v>2405.0</v>
+      </c>
+      <c r="L8" s="14">
+        <v>3427.0</v>
+      </c>
+      <c r="M8" s="14">
+        <v>2583.0</v>
+      </c>
+      <c r="N8" s="14">
+        <v>2505.0</v>
+      </c>
+      <c r="O8" s="14">
+        <v>2484.0</v>
+      </c>
+      <c r="P8" s="14">
+        <v>3401.0</v>
+      </c>
+      <c r="Q8" s="14">
+        <v>2527.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A9" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:17">
-[...117 lines deleted...]
-    </row>
     <row r="10" spans="1:17">
-      <c r="A10" s="8" t="s">
+      <c r="A10" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="B10" s="15">
+        <v>19.24</v>
+      </c>
+      <c r="C10" s="15">
+        <v>19.079999999999998</v>
+      </c>
+      <c r="D10" s="15">
+        <v>21.73</v>
+      </c>
+      <c r="E10" s="15">
+        <v>35.48</v>
+      </c>
+      <c r="F10" s="15">
+        <v>30.22</v>
+      </c>
+      <c r="G10" s="15">
+        <v>33.3</v>
+      </c>
+      <c r="H10" s="15">
+        <v>24.26</v>
+      </c>
+      <c r="I10" s="15">
+        <v>30.86</v>
+      </c>
+      <c r="J10" s="15">
+        <v>31.69</v>
+      </c>
+      <c r="K10" s="15">
+        <v>28.14</v>
+      </c>
+      <c r="L10" s="15">
+        <v>19.67</v>
+      </c>
+      <c r="M10" s="15">
+        <v>25.61</v>
+      </c>
+      <c r="N10" s="15">
+        <v>26.34</v>
+      </c>
+      <c r="O10" s="15">
+        <v>26.059999999999999</v>
+      </c>
+      <c r="P10" s="15">
+        <v>18.87</v>
+      </c>
+      <c r="Q10" s="15">
+        <v>26.02</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A11" s="6" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" customHeight="1" ht="28.8">
+      <c r="A12" s="16" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="15" t="e">
-[...111 lines deleted...]
-    <row r="14" spans="1:17" customHeight="1" ht="28.8">
+    </row>
+    <row r="13" spans="1:17">
+      <c r="A13" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="B13" s="8">
+        <v>30.63</v>
+      </c>
+      <c r="C13" s="8">
+        <v>24.37</v>
+      </c>
+      <c r="D13" s="8">
+        <v>23.61</v>
+      </c>
+      <c r="E13" s="8">
+        <v>21.67</v>
+      </c>
+      <c r="F13" s="8">
+        <v>25.28</v>
+      </c>
+      <c r="G13" s="8">
+        <v>25.33</v>
+      </c>
+      <c r="H13" s="8">
+        <v>23.31</v>
+      </c>
+      <c r="I13" s="8">
+        <v>25.83</v>
+      </c>
+      <c r="J13" s="8">
+        <v>29.37</v>
+      </c>
+      <c r="K13" s="8">
+        <v>24.99</v>
+      </c>
+      <c r="L13" s="8">
+        <v>24.99</v>
+      </c>
+      <c r="M13" s="8">
+        <v>24.65</v>
+      </c>
+      <c r="N13" s="8">
+        <v>26.46</v>
+      </c>
+      <c r="O13" s="8">
+        <v>22.98</v>
+      </c>
+      <c r="P13" s="8">
+        <v>20.27</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>25.37</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17">
       <c r="A14" s="17" t="s">
-        <v>29</v>
+        <v>21</v>
+      </c>
+      <c r="B14" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="8">
+        <v>6.02</v>
+      </c>
+      <c r="D14" s="8">
+        <v>6.14</v>
+      </c>
+      <c r="E14" s="8">
+        <v>6.56</v>
+      </c>
+      <c r="F14" s="8">
+        <v>6.61</v>
+      </c>
+      <c r="G14" s="8">
+        <v>6.85</v>
+      </c>
+      <c r="H14" s="8">
+        <v>6.69</v>
+      </c>
+      <c r="I14" s="8">
+        <v>6.86</v>
+      </c>
+      <c r="J14" s="8">
+        <v>6.86</v>
+      </c>
+      <c r="K14" s="8">
+        <v>6.95</v>
+      </c>
+      <c r="L14" s="8">
+        <v>6.56</v>
+      </c>
+      <c r="M14" s="8">
+        <v>6.37</v>
+      </c>
+      <c r="N14" s="8">
+        <v>6.39</v>
+      </c>
+      <c r="O14" s="8">
+        <v>6.59</v>
+      </c>
+      <c r="P14" s="8">
+        <v>6.1</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>5.46</v>
       </c>
     </row>
     <row r="15" spans="1:17">
-      <c r="A15" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="B15" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="8">
+        <v>4.79</v>
+      </c>
+      <c r="D15" s="8">
+        <v>4.74</v>
+      </c>
+      <c r="E15" s="8">
+        <v>4.97</v>
+      </c>
+      <c r="F15" s="8">
+        <v>5.39</v>
+      </c>
+      <c r="G15" s="8">
+        <v>5.04</v>
+      </c>
+      <c r="H15" s="8">
+        <v>4.97</v>
+      </c>
+      <c r="I15" s="8">
+        <v>5.06</v>
+      </c>
+      <c r="J15" s="8">
+        <v>5.18</v>
+      </c>
+      <c r="K15" s="8">
+        <v>5.07</v>
+      </c>
+      <c r="L15" s="8">
+        <v>5.0099999999999998</v>
+      </c>
+      <c r="M15" s="8">
+        <v>5.05</v>
+      </c>
+      <c r="N15" s="8">
+        <v>5.09</v>
+      </c>
+      <c r="O15" s="8">
+        <v>5.28</v>
+      </c>
+      <c r="P15" s="8">
+        <v>5.15</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>5.39</v>
       </c>
     </row>
     <row r="16" spans="1:17">
-      <c r="A16" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="B16" s="8">
+        <v>3.59</v>
+      </c>
+      <c r="C16" s="8">
+        <v>3.78</v>
+      </c>
+      <c r="D16" s="8">
+        <v>3.61</v>
+      </c>
+      <c r="E16" s="8">
+        <v>3.73</v>
+      </c>
+      <c r="F16" s="8">
+        <v>3.77</v>
+      </c>
+      <c r="G16" s="8">
+        <v>4.9</v>
+      </c>
+      <c r="H16" s="8">
+        <v>6.13</v>
+      </c>
+      <c r="I16" s="8">
+        <v>3.9</v>
+      </c>
+      <c r="J16" s="8">
+        <v>4.17</v>
+      </c>
+      <c r="K16" s="8">
+        <v>4.61</v>
+      </c>
+      <c r="L16" s="8">
+        <v>4.67</v>
+      </c>
+      <c r="M16" s="8">
+        <v>5.0</v>
+      </c>
+      <c r="N16" s="8">
+        <v>4.09</v>
+      </c>
+      <c r="O16" s="8">
+        <v>4.19</v>
+      </c>
+      <c r="P16" s="8">
+        <v>4.39</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>4.43</v>
       </c>
     </row>
     <row r="17" spans="1:17">
-      <c r="A17" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="B17" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="8">
+        <v>4.56</v>
+      </c>
+      <c r="D17" s="8">
+        <v>4.53</v>
+      </c>
+      <c r="E17" s="8">
+        <v>4.75</v>
+      </c>
+      <c r="F17" s="8">
+        <v>4.92</v>
+      </c>
+      <c r="G17" s="8">
+        <v>4.8</v>
+      </c>
+      <c r="H17" s="8">
+        <v>4.81</v>
+      </c>
+      <c r="I17" s="8">
+        <v>4.94</v>
+      </c>
+      <c r="J17" s="8">
+        <v>4.87</v>
+      </c>
+      <c r="K17" s="8">
+        <v>4.65</v>
+      </c>
+      <c r="L17" s="8">
+        <v>4.52</v>
+      </c>
+      <c r="M17" s="8">
+        <v>4.57</v>
+      </c>
+      <c r="N17" s="8">
+        <v>4.77</v>
+      </c>
+      <c r="O17" s="8">
+        <v>4.74</v>
+      </c>
+      <c r="P17" s="8">
+        <v>4.45</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>4.82</v>
       </c>
     </row>
     <row r="18" spans="1:17">
-      <c r="A18" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="B18" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="8">
+        <v>6.7</v>
+      </c>
+      <c r="D18" s="8">
+        <v>6.75</v>
+      </c>
+      <c r="E18" s="8">
+        <v>7.15</v>
+      </c>
+      <c r="F18" s="8">
+        <v>7.36</v>
+      </c>
+      <c r="G18" s="8">
+        <v>7.83</v>
+      </c>
+      <c r="H18" s="8">
+        <v>7.06</v>
+      </c>
+      <c r="I18" s="8">
+        <v>6.91</v>
+      </c>
+      <c r="J18" s="8">
+        <v>6.36</v>
+      </c>
+      <c r="K18" s="8">
+        <v>6.67</v>
+      </c>
+      <c r="L18" s="8">
+        <v>7.13</v>
+      </c>
+      <c r="M18" s="8">
+        <v>6.81</v>
+      </c>
+      <c r="N18" s="8">
+        <v>7.36</v>
+      </c>
+      <c r="O18" s="8">
+        <v>7.15</v>
+      </c>
+      <c r="P18" s="8">
+        <v>6.28</v>
+      </c>
+      <c r="Q18" s="8">
+        <v>7.15</v>
       </c>
     </row>
     <row r="19" spans="1:17">
-      <c r="A19" s="18" t="s">
-[...123 lines deleted...]
-      <c r="Q21" s="14"/>
+      <c r="A19" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B19" s="13"/>
+      <c r="C19" s="13"/>
+      <c r="D19" s="13"/>
+      <c r="E19" s="13"/>
+      <c r="F19" s="13"/>
+      <c r="G19" s="13"/>
+      <c r="H19" s="13"/>
+      <c r="I19" s="13"/>
+      <c r="J19" s="13"/>
+      <c r="K19" s="13"/>
+      <c r="L19" s="13"/>
+      <c r="M19" s="13"/>
+      <c r="N19" s="13"/>
+      <c r="O19" s="13"/>
+      <c r="P19" s="13"/>
+      <c r="Q19" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q21"/>
+  <dimension ref="A1:Q19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="Q21" sqref="Q21"/>
+      <selection activeCell="Q19" sqref="Q19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
     <row r="3" spans="1:17">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45928</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45837</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45746</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45564</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45193</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45102</v>
+      </c>
+      <c r="M5" s="5">
+        <v>45011</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44829</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44738</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>44647</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17">
+      <c r="A7" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="14">
+        <v>17999.0</v>
+      </c>
+      <c r="C7" s="14">
+        <v>16369.0</v>
+      </c>
+      <c r="D7" s="14">
+        <v>17421.0</v>
+      </c>
+      <c r="E7" s="14">
+        <v>15640.0</v>
+      </c>
+      <c r="F7" s="14">
+        <v>17932.0</v>
+      </c>
+      <c r="G7" s="14">
+        <v>14987.0</v>
+      </c>
+      <c r="H7" s="14">
+        <v>15992.0</v>
+      </c>
+      <c r="I7" s="14">
+        <v>15202.0</v>
+      </c>
+      <c r="J7" s="14">
+        <v>16579.0</v>
+      </c>
+      <c r="K7" s="14">
+        <v>14830.0</v>
+      </c>
+      <c r="L7" s="14">
+        <v>14603.0</v>
+      </c>
+      <c r="M7" s="14">
+        <v>13080.0</v>
+      </c>
+      <c r="N7" s="14">
+        <v>16689.0</v>
+      </c>
+      <c r="O7" s="14">
+        <v>14463.0</v>
+      </c>
+      <c r="P7" s="14">
+        <v>13490.0</v>
+      </c>
+      <c r="Q7" s="14">
+        <v>13055.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
+      <c r="A8" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" s="14">
+        <v>3630.0</v>
+      </c>
+      <c r="C8" s="14">
+        <v>3834.0</v>
+      </c>
+      <c r="D8" s="14">
+        <v>3653.0</v>
+      </c>
+      <c r="E8" s="14">
+        <v>3821.0</v>
+      </c>
+      <c r="F8" s="14">
+        <v>2222.0</v>
+      </c>
+      <c r="G8" s="14">
+        <v>3221.0</v>
+      </c>
+      <c r="H8" s="14">
+        <v>3282.0</v>
+      </c>
+      <c r="I8" s="14">
+        <v>3523.0</v>
+      </c>
+      <c r="J8" s="14">
+        <v>2312.0</v>
+      </c>
+      <c r="K8" s="14">
+        <v>3817.0</v>
+      </c>
+      <c r="L8" s="14">
+        <v>3466.0</v>
+      </c>
+      <c r="M8" s="14">
+        <v>3271.0</v>
+      </c>
+      <c r="N8" s="14">
+        <v>2117.0</v>
+      </c>
+      <c r="O8" s="14">
+        <v>2622.0</v>
+      </c>
+      <c r="P8" s="14">
+        <v>2309.0</v>
+      </c>
+      <c r="Q8" s="14">
+        <v>2599.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A9" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:17">
-[...117 lines deleted...]
-    </row>
     <row r="10" spans="1:17">
-      <c r="A10" s="8" t="s">
+      <c r="A10" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="B10" s="15">
+        <v>18.58</v>
+      </c>
+      <c r="C10" s="15">
+        <v>17.57</v>
+      </c>
+      <c r="D10" s="15">
+        <v>18.059999999999999</v>
+      </c>
+      <c r="E10" s="15">
+        <v>16.89</v>
+      </c>
+      <c r="F10" s="15">
+        <v>28.85</v>
+      </c>
+      <c r="G10" s="15">
+        <v>19.48</v>
+      </c>
+      <c r="H10" s="15">
+        <v>19.07</v>
+      </c>
+      <c r="I10" s="15">
+        <v>17.38</v>
+      </c>
+      <c r="J10" s="15">
+        <v>25.56</v>
+      </c>
+      <c r="K10" s="15">
+        <v>15.51</v>
+      </c>
+      <c r="L10" s="15">
+        <v>16.97</v>
+      </c>
+      <c r="M10" s="15">
+        <v>17.65</v>
+      </c>
+      <c r="N10" s="15">
+        <v>27.25</v>
+      </c>
+      <c r="O10" s="15">
+        <v>21.48</v>
+      </c>
+      <c r="P10" s="15">
+        <v>24.07</v>
+      </c>
+      <c r="Q10" s="15">
+        <v>21.92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A11" s="6" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" customHeight="1" ht="28.8">
+      <c r="A12" s="16" t="s">
         <v>30</v>
       </c>
-      <c r="B10" s="15" t="e">
-[...111 lines deleted...]
-    <row r="14" spans="1:17" customHeight="1" ht="28.8">
+    </row>
+    <row r="13" spans="1:17">
+      <c r="A13" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="B13" s="8">
+        <v>6.5</v>
+      </c>
+      <c r="C13" s="8">
+        <v>6.81</v>
+      </c>
+      <c r="D13" s="8">
+        <v>6.72</v>
+      </c>
+      <c r="E13" s="8">
+        <v>6.43</v>
+      </c>
+      <c r="F13" s="8">
+        <v>6.03</v>
+      </c>
+      <c r="G13" s="8">
+        <v>5.79</v>
+      </c>
+      <c r="H13" s="8">
+        <v>5.61</v>
+      </c>
+      <c r="I13" s="8">
+        <v>5.92</v>
+      </c>
+      <c r="J13" s="8">
+        <v>5.86</v>
+      </c>
+      <c r="K13" s="8">
+        <v>6.18</v>
+      </c>
+      <c r="L13" s="8">
+        <v>6.28</v>
+      </c>
+      <c r="M13" s="8">
+        <v>6.37</v>
+      </c>
+      <c r="N13" s="8">
+        <v>6.18</v>
+      </c>
+      <c r="O13" s="8">
+        <v>6.36</v>
+      </c>
+      <c r="P13" s="8">
+        <v>6.17</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>6.73</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17">
       <c r="A14" s="17" t="s">
-        <v>31</v>
+        <v>21</v>
+      </c>
+      <c r="B14" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="8">
+        <v>4.78</v>
+      </c>
+      <c r="D14" s="8">
+        <v>4.69</v>
+      </c>
+      <c r="E14" s="8">
+        <v>5.07</v>
+      </c>
+      <c r="F14" s="8">
+        <v>5.24</v>
+      </c>
+      <c r="G14" s="8">
+        <v>5.31</v>
+      </c>
+      <c r="H14" s="8">
+        <v>5.47</v>
+      </c>
+      <c r="I14" s="8">
+        <v>5.44</v>
+      </c>
+      <c r="J14" s="8">
+        <v>5.41</v>
+      </c>
+      <c r="K14" s="8">
+        <v>5.54</v>
+      </c>
+      <c r="L14" s="8">
+        <v>5.09</v>
+      </c>
+      <c r="M14" s="8">
+        <v>4.68</v>
+      </c>
+      <c r="N14" s="8">
+        <v>4.76</v>
+      </c>
+      <c r="O14" s="8">
+        <v>4.81</v>
+      </c>
+      <c r="P14" s="8">
+        <v>4.72</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>4.43</v>
       </c>
     </row>
     <row r="15" spans="1:17">
-      <c r="A15" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="B15" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="8">
+        <v>4.31</v>
+      </c>
+      <c r="D15" s="8">
+        <v>4.27</v>
+      </c>
+      <c r="E15" s="8">
+        <v>4.26</v>
+      </c>
+      <c r="F15" s="8">
+        <v>4.18</v>
+      </c>
+      <c r="G15" s="8">
+        <v>4.24</v>
+      </c>
+      <c r="H15" s="8">
+        <v>4.31</v>
+      </c>
+      <c r="I15" s="8">
+        <v>4.38</v>
+      </c>
+      <c r="J15" s="8">
+        <v>4.39</v>
+      </c>
+      <c r="K15" s="8">
+        <v>4.48</v>
+      </c>
+      <c r="L15" s="8">
+        <v>4.52</v>
+      </c>
+      <c r="M15" s="8">
+        <v>4.55</v>
+      </c>
+      <c r="N15" s="8">
+        <v>4.51</v>
+      </c>
+      <c r="O15" s="8">
+        <v>4.61</v>
+      </c>
+      <c r="P15" s="8">
+        <v>4.43</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>4.67</v>
       </c>
     </row>
     <row r="16" spans="1:17">
-      <c r="A16" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="B16" s="8">
+        <v>2.87</v>
+      </c>
+      <c r="C16" s="8">
+        <v>2.88</v>
+      </c>
+      <c r="D16" s="8">
+        <v>2.72</v>
+      </c>
+      <c r="E16" s="8">
+        <v>2.85</v>
+      </c>
+      <c r="F16" s="8">
+        <v>3.07</v>
+      </c>
+      <c r="G16" s="8">
+        <v>4.08</v>
+      </c>
+      <c r="H16" s="8">
+        <v>5.0099999999999998</v>
+      </c>
+      <c r="I16" s="8">
+        <v>2.99</v>
+      </c>
+      <c r="J16" s="8">
+        <v>3.27</v>
+      </c>
+      <c r="K16" s="8">
+        <v>3.26</v>
+      </c>
+      <c r="L16" s="8">
+        <v>3.41</v>
+      </c>
+      <c r="M16" s="8">
+        <v>3.57</v>
+      </c>
+      <c r="N16" s="8">
+        <v>2.98</v>
+      </c>
+      <c r="O16" s="8">
+        <v>3.14</v>
+      </c>
+      <c r="P16" s="8">
+        <v>3.14</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>3.32</v>
       </c>
     </row>
     <row r="17" spans="1:17">
-      <c r="A17" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="B17" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="8">
+        <v>3.51</v>
+      </c>
+      <c r="D17" s="8">
+        <v>3.48</v>
+      </c>
+      <c r="E17" s="8">
+        <v>3.61</v>
+      </c>
+      <c r="F17" s="8">
+        <v>3.46</v>
+      </c>
+      <c r="G17" s="8">
+        <v>3.56</v>
+      </c>
+      <c r="H17" s="8">
+        <v>3.6</v>
+      </c>
+      <c r="I17" s="8">
+        <v>3.57</v>
+      </c>
+      <c r="J17" s="8">
+        <v>3.36</v>
+      </c>
+      <c r="K17" s="8">
+        <v>3.51</v>
+      </c>
+      <c r="L17" s="8">
+        <v>3.49</v>
+      </c>
+      <c r="M17" s="8">
+        <v>3.5</v>
+      </c>
+      <c r="N17" s="8">
+        <v>3.53</v>
+      </c>
+      <c r="O17" s="8">
+        <v>3.68</v>
+      </c>
+      <c r="P17" s="8">
+        <v>3.63</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>3.66</v>
       </c>
     </row>
     <row r="18" spans="1:17">
-      <c r="A18" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="B18" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="8">
+        <v>4.72</v>
+      </c>
+      <c r="D18" s="8">
+        <v>4.98</v>
+      </c>
+      <c r="E18" s="8">
+        <v>4.89</v>
+      </c>
+      <c r="F18" s="8">
+        <v>5.07</v>
+      </c>
+      <c r="G18" s="8">
+        <v>5.4</v>
+      </c>
+      <c r="H18" s="8">
+        <v>5.54</v>
+      </c>
+      <c r="I18" s="8">
+        <v>5.6</v>
+      </c>
+      <c r="J18" s="8">
+        <v>5.31</v>
+      </c>
+      <c r="K18" s="8">
+        <v>5.37</v>
+      </c>
+      <c r="L18" s="8">
+        <v>5.54</v>
+      </c>
+      <c r="M18" s="8">
+        <v>5.42</v>
+      </c>
+      <c r="N18" s="8">
+        <v>5.4</v>
+      </c>
+      <c r="O18" s="8">
+        <v>5.82</v>
+      </c>
+      <c r="P18" s="8">
+        <v>5.36</v>
+      </c>
+      <c r="Q18" s="8">
+        <v>6.28</v>
       </c>
     </row>
     <row r="19" spans="1:17">
-      <c r="A19" s="18" t="s">
-[...123 lines deleted...]
-      <c r="Q21" s="14"/>
+      <c r="A19" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B19" s="13"/>
+      <c r="C19" s="13"/>
+      <c r="D19" s="13"/>
+      <c r="E19" s="13"/>
+      <c r="F19" s="13"/>
+      <c r="G19" s="13"/>
+      <c r="H19" s="13"/>
+      <c r="I19" s="13"/>
+      <c r="J19" s="13"/>
+      <c r="K19" s="13"/>
+      <c r="L19" s="13"/>
+      <c r="M19" s="13"/>
+      <c r="N19" s="13"/>
+      <c r="O19" s="13"/>
+      <c r="P19" s="13"/>
+      <c r="Q19" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q24"/>
+  <dimension ref="A1:Q22"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="Q24" sqref="Q24"/>
+      <selection activeCell="Q22" sqref="Q22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
     <row r="3" spans="1:17">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45928</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45837</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45746</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45564</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45193</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45102</v>
+      </c>
+      <c r="M5" s="5">
+        <v>45011</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44829</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44738</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>44647</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17">
+      <c r="A7" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="14">
+        <v>25362.0</v>
+      </c>
+      <c r="C7" s="14">
+        <v>25936.0</v>
+      </c>
+      <c r="D7" s="14">
+        <v>23988.0</v>
+      </c>
+      <c r="E7" s="14">
+        <v>22801.0</v>
+      </c>
+      <c r="F7" s="14">
+        <v>21849.0</v>
+      </c>
+      <c r="G7" s="14">
+        <v>23211.0</v>
+      </c>
+      <c r="H7" s="14">
+        <v>22967.0</v>
+      </c>
+      <c r="I7" s="14">
+        <v>22958.0</v>
+      </c>
+      <c r="J7" s="14">
+        <v>20521.0</v>
+      </c>
+      <c r="K7" s="14">
+        <v>23322.0</v>
+      </c>
+      <c r="L7" s="14">
+        <v>24087.0</v>
+      </c>
+      <c r="M7" s="14">
+        <v>22144.0</v>
+      </c>
+      <c r="N7" s="14">
+        <v>20991.0</v>
+      </c>
+      <c r="O7" s="14">
+        <v>20960.0</v>
+      </c>
+      <c r="P7" s="14">
+        <v>20973.0</v>
+      </c>
+      <c r="Q7" s="14">
+        <v>20390.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
+      <c r="A8" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="14">
+        <v>23335.0</v>
+      </c>
+      <c r="C8" s="14">
+        <v>22974.0</v>
+      </c>
+      <c r="D8" s="14">
+        <v>24354.0</v>
+      </c>
+      <c r="E8" s="14">
+        <v>21187.0</v>
+      </c>
+      <c r="F8" s="14">
+        <v>19420.0</v>
+      </c>
+      <c r="G8" s="14">
+        <v>17810.0</v>
+      </c>
+      <c r="H8" s="14">
+        <v>18493.0</v>
+      </c>
+      <c r="I8" s="14">
+        <v>17699.0</v>
+      </c>
+      <c r="J8" s="14">
+        <v>16937.0</v>
+      </c>
+      <c r="K8" s="14">
+        <v>17193.0</v>
+      </c>
+      <c r="L8" s="14">
+        <v>17704.0</v>
+      </c>
+      <c r="M8" s="14">
+        <v>16982.0</v>
+      </c>
+      <c r="N8" s="14">
+        <v>15887.0</v>
+      </c>
+      <c r="O8" s="14">
+        <v>16347.0</v>
+      </c>
+      <c r="P8" s="14">
+        <v>16479.0</v>
+      </c>
+      <c r="Q8" s="14">
+        <v>16047.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
+      <c r="A9" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="18">
+        <v>2027.0</v>
+      </c>
+      <c r="C9" s="18">
+        <v>2962.0</v>
+      </c>
+      <c r="D9" s="18">
+        <v>-366.0</v>
+      </c>
+      <c r="E9" s="18">
+        <v>1614.0</v>
+      </c>
+      <c r="F9" s="18">
+        <v>2429.0</v>
+      </c>
+      <c r="G9" s="18">
+        <v>5401.0</v>
+      </c>
+      <c r="H9" s="18">
+        <v>4474.0</v>
+      </c>
+      <c r="I9" s="18">
+        <v>5259.0</v>
+      </c>
+      <c r="J9" s="18">
+        <v>3584.0</v>
+      </c>
+      <c r="K9" s="18">
+        <v>6129.0</v>
+      </c>
+      <c r="L9" s="18">
+        <v>6383.0</v>
+      </c>
+      <c r="M9" s="18">
+        <v>5162.0</v>
+      </c>
+      <c r="N9" s="18">
+        <v>5104.0</v>
+      </c>
+      <c r="O9" s="18">
+        <v>4613.0</v>
+      </c>
+      <c r="P9" s="18">
+        <v>4494.0</v>
+      </c>
+      <c r="Q9" s="18">
+        <v>4343.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17">
+      <c r="A11" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="14">
+        <v>20321.0</v>
+      </c>
+      <c r="C11" s="14">
+        <v>18609.0</v>
+      </c>
+      <c r="D11" s="14">
+        <v>18155.0</v>
+      </c>
+      <c r="E11" s="14">
+        <v>17963.0</v>
+      </c>
+      <c r="F11" s="14">
+        <v>18622.0</v>
+      </c>
+      <c r="G11" s="14">
+        <v>17104.0</v>
+      </c>
+      <c r="H11" s="14">
+        <v>18122.0</v>
+      </c>
+      <c r="I11" s="14">
+        <v>17195.0</v>
+      </c>
+      <c r="J11" s="14">
+        <v>18874.0</v>
+      </c>
+      <c r="K11" s="14">
+        <v>16878.0</v>
+      </c>
+      <c r="L11" s="14">
+        <v>16693.0</v>
+      </c>
+      <c r="M11" s="14">
+        <v>15126.0</v>
+      </c>
+      <c r="N11" s="14">
+        <v>18991.0</v>
+      </c>
+      <c r="O11" s="14">
+        <v>16583.0</v>
+      </c>
+      <c r="P11" s="14">
+        <v>15446.0</v>
+      </c>
+      <c r="Q11" s="14">
+        <v>14964.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A12" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:17">
-[...172 lines deleted...]
-      <c r="A11" s="13" t="s">
+    <row r="13" spans="1:17">
+      <c r="A13" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="B13" s="15">
+        <v>37.020000000000003</v>
+      </c>
+      <c r="C13" s="15">
+        <v>24.76</v>
+      </c>
+      <c r="D13" s="15">
+        <v>0.0</v>
+      </c>
+      <c r="E13" s="15">
+        <v>44.49</v>
+      </c>
+      <c r="F13" s="15">
+        <v>29.25</v>
+      </c>
+      <c r="G13" s="15">
+        <v>13.2</v>
+      </c>
+      <c r="H13" s="15">
+        <v>15.88</v>
+      </c>
+      <c r="I13" s="15">
+        <v>13.24</v>
+      </c>
+      <c r="J13" s="15">
+        <v>18.85</v>
+      </c>
+      <c r="K13" s="15">
+        <v>11.039999999999999</v>
+      </c>
+      <c r="L13" s="15">
+        <v>10.56</v>
+      </c>
+      <c r="M13" s="15">
+        <v>12.81</v>
+      </c>
+      <c r="N13" s="15">
+        <v>12.93</v>
+      </c>
+      <c r="O13" s="15">
+        <v>14.029999999999999</v>
+      </c>
+      <c r="P13" s="15">
+        <v>14.28</v>
+      </c>
+      <c r="Q13" s="15">
+        <v>15.14</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A14" s="6" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" customHeight="1" ht="28.8">
+      <c r="A15" s="16" t="s">
         <v>34</v>
       </c>
-      <c r="B11" s="19" t="e">
-[...164 lines deleted...]
-    <row r="17" spans="1:17" customHeight="1" ht="28.8">
+    </row>
+    <row r="16" spans="1:17">
+      <c r="A16" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="B16" s="8">
+        <v>4.4</v>
+      </c>
+      <c r="C16" s="8">
+        <v>4.29</v>
+      </c>
+      <c r="D16" s="8">
+        <v>3.15</v>
+      </c>
+      <c r="E16" s="8">
+        <v>2.89</v>
+      </c>
+      <c r="F16" s="8">
+        <v>2.15</v>
+      </c>
+      <c r="G16" s="8">
+        <v>6.04</v>
+      </c>
+      <c r="H16" s="8">
+        <v>4.13</v>
+      </c>
+      <c r="I16" s="8">
+        <v>5.76</v>
+      </c>
+      <c r="J16" s="8">
+        <v>5.78</v>
+      </c>
+      <c r="K16" s="8">
+        <v>5.46</v>
+      </c>
+      <c r="L16" s="8">
+        <v>4.8</v>
+      </c>
+      <c r="M16" s="8">
+        <v>4.61</v>
+      </c>
+      <c r="N16" s="8">
+        <v>3.42</v>
+      </c>
+      <c r="O16" s="8">
+        <v>3.13</v>
+      </c>
+      <c r="P16" s="8">
+        <v>2.87</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>2.51</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="17" t="s">
-        <v>35</v>
+        <v>21</v>
+      </c>
+      <c r="B17" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="8">
+        <v>4.42</v>
+      </c>
+      <c r="D17" s="8">
+        <v>5.04</v>
+      </c>
+      <c r="E17" s="8">
+        <v>5.73</v>
+      </c>
+      <c r="F17" s="8">
+        <v>4.58</v>
+      </c>
+      <c r="G17" s="8">
+        <v>4.89</v>
+      </c>
+      <c r="H17" s="8">
+        <v>6.61</v>
+      </c>
+      <c r="I17" s="8">
+        <v>5.64</v>
+      </c>
+      <c r="J17" s="8">
+        <v>5.23</v>
+      </c>
+      <c r="K17" s="8">
+        <v>4.27</v>
+      </c>
+      <c r="L17" s="8">
+        <v>5.29</v>
+      </c>
+      <c r="M17" s="8">
+        <v>4.25</v>
+      </c>
+      <c r="N17" s="8">
+        <v>4.62</v>
+      </c>
+      <c r="O17" s="8">
+        <v>4.35</v>
+      </c>
+      <c r="P17" s="8">
+        <v>3.93</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>3.83</v>
       </c>
     </row>
     <row r="18" spans="1:17">
-      <c r="A18" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="B18" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="8">
+        <v>10.02</v>
+      </c>
+      <c r="D18" s="8">
+        <v>11.29</v>
+      </c>
+      <c r="E18" s="8">
+        <v>8.69</v>
+      </c>
+      <c r="F18" s="8">
+        <v>6.31</v>
+      </c>
+      <c r="G18" s="8">
+        <v>5.84</v>
+      </c>
+      <c r="H18" s="8">
+        <v>5.33</v>
+      </c>
+      <c r="I18" s="8">
+        <v>5.58</v>
+      </c>
+      <c r="J18" s="8">
+        <v>5.91</v>
+      </c>
+      <c r="K18" s="8">
+        <v>6.61</v>
+      </c>
+      <c r="L18" s="8">
+        <v>6.16</v>
+      </c>
+      <c r="M18" s="8">
+        <v>7.0099999999999998</v>
+      </c>
+      <c r="N18" s="8">
+        <v>8.7</v>
+      </c>
+      <c r="O18" s="8">
+        <v>10.69</v>
+      </c>
+      <c r="P18" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="Q18" s="8">
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:17">
-      <c r="A19" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="8">
+        <v>26.19</v>
+      </c>
+      <c r="C19" s="8">
+        <v>14.050000000000001</v>
+      </c>
+      <c r="D19" s="8">
+        <v>28.44</v>
+      </c>
+      <c r="E19" s="8">
+        <v>13.68</v>
+      </c>
+      <c r="F19" s="8">
+        <v>10.83</v>
+      </c>
+      <c r="G19" s="8">
+        <v>9.6</v>
+      </c>
+      <c r="H19" s="8">
+        <v>11.15</v>
+      </c>
+      <c r="I19" s="8">
+        <v>6.93</v>
+      </c>
+      <c r="J19" s="8">
+        <v>7.24</v>
+      </c>
+      <c r="K19" s="8">
+        <v>8.11</v>
+      </c>
+      <c r="L19" s="8">
+        <v>5.7</v>
+      </c>
+      <c r="M19" s="8">
+        <v>5.87</v>
+      </c>
+      <c r="N19" s="8">
+        <v>7.93</v>
+      </c>
+      <c r="O19" s="8">
+        <v>13.29</v>
+      </c>
+      <c r="P19" s="8">
+        <v>10.55</v>
+      </c>
+      <c r="Q19" s="8">
+        <v>7.14</v>
       </c>
     </row>
     <row r="20" spans="1:17">
-      <c r="A20" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="B20" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="8">
+        <v>5.02</v>
+      </c>
+      <c r="D20" s="8">
+        <v>6.3</v>
+      </c>
+      <c r="E20" s="8">
+        <v>7.04</v>
+      </c>
+      <c r="F20" s="8">
+        <v>5.79</v>
+      </c>
+      <c r="G20" s="8">
+        <v>4.39</v>
+      </c>
+      <c r="H20" s="8">
+        <v>8.63</v>
+      </c>
+      <c r="I20" s="8">
+        <v>3.37</v>
+      </c>
+      <c r="J20" s="8">
+        <v>7.39</v>
+      </c>
+      <c r="K20" s="8">
+        <v>5.98</v>
+      </c>
+      <c r="L20" s="8">
+        <v>5.16</v>
+      </c>
+      <c r="M20" s="8">
+        <v>7.79</v>
+      </c>
+      <c r="N20" s="8">
+        <v>7.03</v>
+      </c>
+      <c r="O20" s="8">
+        <v>7.91</v>
+      </c>
+      <c r="P20" s="8">
+        <v>8.84</v>
+      </c>
+      <c r="Q20" s="8">
+        <v>8.07</v>
       </c>
     </row>
     <row r="21" spans="1:17">
-      <c r="A21" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C21" s="8">
+        <v>22.14</v>
+      </c>
+      <c r="D21" s="8">
+        <v>257.23000000000002</v>
+      </c>
+      <c r="E21" s="8">
+        <v>279.93000000000001</v>
+      </c>
+      <c r="F21" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="G21" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="H21" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="I21" s="8">
+        <v>23.64</v>
+      </c>
+      <c r="J21" s="8">
+        <v>41.62</v>
+      </c>
+      <c r="K21" s="8">
+        <v>44.25</v>
+      </c>
+      <c r="L21" s="8">
+        <v>16.99</v>
+      </c>
+      <c r="M21" s="8">
+        <v>12.76</v>
+      </c>
+      <c r="N21" s="8">
+        <v>20.15</v>
+      </c>
+      <c r="O21" s="8">
+        <v>19.15</v>
+      </c>
+      <c r="P21" s="8">
+        <v>17.77</v>
+      </c>
+      <c r="Q21" s="8">
+        <v>11.41</v>
       </c>
     </row>
     <row r="22" spans="1:17">
-      <c r="A22" s="18" t="s">
-[...123 lines deleted...]
-      <c r="Q24" s="14"/>
+      <c r="A22" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B22" s="13"/>
+      <c r="C22" s="13"/>
+      <c r="D22" s="13"/>
+      <c r="E22" s="13"/>
+      <c r="F22" s="13"/>
+      <c r="G22" s="13"/>
+      <c r="H22" s="13"/>
+      <c r="I22" s="13"/>
+      <c r="J22" s="13"/>
+      <c r="K22" s="13"/>
+      <c r="L22" s="13"/>
+      <c r="M22" s="13"/>
+      <c r="N22" s="13"/>
+      <c r="O22" s="13"/>
+      <c r="P22" s="13"/>
+      <c r="Q22" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+  </sheetPr>
+  <dimension ref="A1:Q18"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
+      <selection activeCell="Q18" sqref="Q18"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="60" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45928</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45837</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45746</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45564</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45193</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45102</v>
+      </c>
+      <c r="M5" s="5">
+        <v>45011</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44829</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44738</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>44647</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17">
+      <c r="A7" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="8">
+        <v>19.13</v>
+      </c>
+      <c r="C7" s="8">
+        <v>17.97</v>
+      </c>
+      <c r="D7" s="8">
+        <v>17.84</v>
+      </c>
+      <c r="E7" s="8">
+        <v>17.94</v>
+      </c>
+      <c r="F7" s="8">
+        <v>18.46</v>
+      </c>
+      <c r="G7" s="8">
+        <v>19.41</v>
+      </c>
+      <c r="H7" s="8">
+        <v>20.21</v>
+      </c>
+      <c r="I7" s="8">
+        <v>18.67</v>
+      </c>
+      <c r="J7" s="8">
+        <v>18.87</v>
+      </c>
+      <c r="K7" s="8">
+        <v>17.88</v>
+      </c>
+      <c r="L7" s="8">
+        <v>16.82</v>
+      </c>
+      <c r="M7" s="8">
+        <v>16.63</v>
+      </c>
+      <c r="N7" s="8">
+        <v>18.68</v>
+      </c>
+      <c r="O7" s="8">
+        <v>18.09</v>
+      </c>
+      <c r="P7" s="8">
+        <v>16.2</v>
+      </c>
+      <c r="Q7" s="8">
+        <v>18.12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A8" s="6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
+      <c r="A9" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" s="11">
+        <v>19.0</v>
+      </c>
+      <c r="C9" s="11">
+        <v>20.0</v>
+      </c>
+      <c r="D9" s="11">
+        <v>20.0</v>
+      </c>
+      <c r="E9" s="11">
+        <v>20.0</v>
+      </c>
+      <c r="F9" s="11">
+        <v>20.0</v>
+      </c>
+      <c r="G9" s="11">
+        <v>19.0</v>
+      </c>
+      <c r="H9" s="11">
+        <v>18.0</v>
+      </c>
+      <c r="I9" s="11">
+        <v>20.0</v>
+      </c>
+      <c r="J9" s="11">
+        <v>19.0</v>
+      </c>
+      <c r="K9" s="11">
+        <v>20.0</v>
+      </c>
+      <c r="L9" s="11">
+        <v>22.0</v>
+      </c>
+      <c r="M9" s="11">
+        <v>22.0</v>
+      </c>
+      <c r="N9" s="11">
+        <v>20.0</v>
+      </c>
+      <c r="O9" s="11">
+        <v>20.0</v>
+      </c>
+      <c r="P9" s="11">
+        <v>23.0</v>
+      </c>
+      <c r="Q9" s="11">
+        <v>20.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A10" s="6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="28.8">
+      <c r="A11" s="16" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17">
+      <c r="A12" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" s="9">
+        <v>363.0</v>
+      </c>
+      <c r="C12" s="9">
+        <v>377.0</v>
+      </c>
+      <c r="D12" s="9">
+        <v>424.0</v>
+      </c>
+      <c r="E12" s="9">
+        <v>459.0</v>
+      </c>
+      <c r="F12" s="9">
+        <v>466.0</v>
+      </c>
+      <c r="G12" s="9">
+        <v>428.0</v>
+      </c>
+      <c r="H12" s="9">
+        <v>470.0</v>
+      </c>
+      <c r="I12" s="9">
+        <v>443.0</v>
+      </c>
+      <c r="J12" s="9">
+        <v>415.0</v>
+      </c>
+      <c r="K12" s="9">
+        <v>419.0</v>
+      </c>
+      <c r="L12" s="9">
+        <v>416.0</v>
+      </c>
+      <c r="M12" s="9">
+        <v>438.0</v>
+      </c>
+      <c r="N12" s="9">
+        <v>452.0</v>
+      </c>
+      <c r="O12" s="9">
+        <v>468.0</v>
+      </c>
+      <c r="P12" s="9">
+        <v>494.0</v>
+      </c>
+      <c r="Q12" s="9">
+        <v>493.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17">
+      <c r="A13" s="17" t="s">
+        <v>21</v>
+      </c>
+      <c r="B13" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="9">
+        <v>166.0</v>
+      </c>
+      <c r="D13" s="9">
+        <v>169.0</v>
+      </c>
+      <c r="E13" s="9">
+        <v>165.0</v>
+      </c>
+      <c r="F13" s="9">
+        <v>153.0</v>
+      </c>
+      <c r="G13" s="9">
+        <v>155.0</v>
+      </c>
+      <c r="H13" s="9">
+        <v>151.0</v>
+      </c>
+      <c r="I13" s="9">
+        <v>146.0</v>
+      </c>
+      <c r="J13" s="9">
+        <v>141.0</v>
+      </c>
+      <c r="K13" s="9">
+        <v>148.0</v>
+      </c>
+      <c r="L13" s="9">
+        <v>151.0</v>
+      </c>
+      <c r="M13" s="9">
+        <v>154.0</v>
+      </c>
+      <c r="N13" s="9">
+        <v>144.0</v>
+      </c>
+      <c r="O13" s="9">
+        <v>155.0</v>
+      </c>
+      <c r="P13" s="9">
+        <v>152.0</v>
+      </c>
+      <c r="Q13" s="9">
+        <v>148.0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17">
+      <c r="A14" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="9">
+        <v>102.0</v>
+      </c>
+      <c r="D14" s="9">
+        <v>104.0</v>
+      </c>
+      <c r="E14" s="9">
+        <v>103.0</v>
+      </c>
+      <c r="F14" s="9">
+        <v>100.0</v>
+      </c>
+      <c r="G14" s="9">
+        <v>100.0</v>
+      </c>
+      <c r="H14" s="9">
+        <v>96.0</v>
+      </c>
+      <c r="I14" s="9">
+        <v>95.0</v>
+      </c>
+      <c r="J14" s="9">
+        <v>92.0</v>
+      </c>
+      <c r="K14" s="9">
+        <v>93.0</v>
+      </c>
+      <c r="L14" s="9">
+        <v>93.0</v>
+      </c>
+      <c r="M14" s="9">
+        <v>93.0</v>
+      </c>
+      <c r="N14" s="9">
+        <v>90.0</v>
+      </c>
+      <c r="O14" s="9">
+        <v>92.0</v>
+      </c>
+      <c r="P14" s="9">
+        <v>94.0</v>
+      </c>
+      <c r="Q14" s="9">
+        <v>90.0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17">
+      <c r="A15" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="B15" s="9">
+        <v>150.0</v>
+      </c>
+      <c r="C15" s="9">
+        <v>156.0</v>
+      </c>
+      <c r="D15" s="9">
+        <v>160.0</v>
+      </c>
+      <c r="E15" s="9">
+        <v>156.0</v>
+      </c>
+      <c r="F15" s="9">
+        <v>147.0</v>
+      </c>
+      <c r="G15" s="9">
+        <v>111.0</v>
+      </c>
+      <c r="H15" s="9">
+        <v>89.0</v>
+      </c>
+      <c r="I15" s="9">
+        <v>141.0</v>
+      </c>
+      <c r="J15" s="9">
+        <v>120.0</v>
+      </c>
+      <c r="K15" s="9">
+        <v>121.0</v>
+      </c>
+      <c r="L15" s="9">
+        <v>116.0</v>
+      </c>
+      <c r="M15" s="9">
+        <v>110.0</v>
+      </c>
+      <c r="N15" s="9">
+        <v>114.0</v>
+      </c>
+      <c r="O15" s="9">
+        <v>118.0</v>
+      </c>
+      <c r="P15" s="9">
+        <v>120.0</v>
+      </c>
+      <c r="Q15" s="9">
+        <v>112.0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17">
+      <c r="A16" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="B16" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="9">
+        <v>101.0</v>
+      </c>
+      <c r="D16" s="9">
+        <v>103.0</v>
+      </c>
+      <c r="E16" s="9">
+        <v>99.0</v>
+      </c>
+      <c r="F16" s="9">
+        <v>99.0</v>
+      </c>
+      <c r="G16" s="9">
+        <v>98.0</v>
+      </c>
+      <c r="H16" s="9">
+        <v>99.0</v>
+      </c>
+      <c r="I16" s="9">
+        <v>100.0</v>
+      </c>
+      <c r="J16" s="9">
+        <v>98.0</v>
+      </c>
+      <c r="K16" s="9">
+        <v>97.0</v>
+      </c>
+      <c r="L16" s="9">
+        <v>96.0</v>
+      </c>
+      <c r="M16" s="9">
+        <v>94.0</v>
+      </c>
+      <c r="N16" s="9">
+        <v>90.0</v>
+      </c>
+      <c r="O16" s="9">
+        <v>89.0</v>
+      </c>
+      <c r="P16" s="9">
+        <v>90.0</v>
+      </c>
+      <c r="Q16" s="9">
+        <v>87.0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17">
+      <c r="A17" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="B17" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="9">
+        <v>73.0</v>
+      </c>
+      <c r="D17" s="9">
+        <v>77.0</v>
+      </c>
+      <c r="E17" s="9">
+        <v>76.0</v>
+      </c>
+      <c r="F17" s="9">
+        <v>71.0</v>
+      </c>
+      <c r="G17" s="9">
+        <v>77.0</v>
+      </c>
+      <c r="H17" s="9">
+        <v>79.0</v>
+      </c>
+      <c r="I17" s="9">
+        <v>77.0</v>
+      </c>
+      <c r="J17" s="9">
+        <v>76.0</v>
+      </c>
+      <c r="K17" s="9">
+        <v>79.0</v>
+      </c>
+      <c r="L17" s="9">
+        <v>78.0</v>
+      </c>
+      <c r="M17" s="9">
+        <v>76.0</v>
+      </c>
+      <c r="N17" s="9">
+        <v>73.0</v>
+      </c>
+      <c r="O17" s="9">
+        <v>73.0</v>
+      </c>
+      <c r="P17" s="9">
+        <v>71.0</v>
+      </c>
+      <c r="Q17" s="9">
+        <v>69.0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17">
+      <c r="A18" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B18" s="13"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="13"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="13"/>
+      <c r="G18" s="13"/>
+      <c r="H18" s="13"/>
+      <c r="I18" s="13"/>
+      <c r="J18" s="13"/>
+      <c r="K18" s="13"/>
+      <c r="L18" s="13"/>
+      <c r="M18" s="13"/>
+      <c r="N18" s="13"/>
+      <c r="O18" s="13"/>
+      <c r="P18" s="13"/>
+      <c r="Q18" s="13"/>
+    </row>
+  </sheetData>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+  </sheetPr>
+  <dimension ref="A1:Q17"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
+      <selection activeCell="Q17" sqref="Q17"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="60" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17">
+      <c r="A4" s="4"/>
+      <c r="B4" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="5">
+        <v>45928</v>
+      </c>
+      <c r="D4" s="5">
+        <v>45837</v>
+      </c>
+      <c r="E4" s="5">
+        <v>45746</v>
+      </c>
+      <c r="F4" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G4" s="5">
+        <v>45564</v>
+      </c>
+      <c r="H4" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I4" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J4" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K4" s="5">
+        <v>45193</v>
+      </c>
+      <c r="L4" s="5">
+        <v>45102</v>
+      </c>
+      <c r="M4" s="5">
+        <v>45011</v>
+      </c>
+      <c r="N4" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O4" s="5">
+        <v>44829</v>
+      </c>
+      <c r="P4" s="5">
+        <v>44738</v>
+      </c>
+      <c r="Q4" s="5">
+        <v>44647</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A5" s="6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17">
+      <c r="A6" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="B6" s="8">
+        <v>19.24</v>
+      </c>
+      <c r="C6" s="8">
+        <v>19.079999999999998</v>
+      </c>
+      <c r="D6" s="8">
+        <v>21.73</v>
+      </c>
+      <c r="E6" s="8">
+        <v>35.48</v>
+      </c>
+      <c r="F6" s="8">
+        <v>30.22</v>
+      </c>
+      <c r="G6" s="8">
+        <v>33.3</v>
+      </c>
+      <c r="H6" s="8">
+        <v>24.26</v>
+      </c>
+      <c r="I6" s="8">
+        <v>30.86</v>
+      </c>
+      <c r="J6" s="8">
+        <v>31.69</v>
+      </c>
+      <c r="K6" s="8">
+        <v>28.14</v>
+      </c>
+      <c r="L6" s="8">
+        <v>19.67</v>
+      </c>
+      <c r="M6" s="8">
+        <v>25.61</v>
+      </c>
+      <c r="N6" s="8">
+        <v>26.34</v>
+      </c>
+      <c r="O6" s="8">
+        <v>26.059999999999999</v>
+      </c>
+      <c r="P6" s="8">
+        <v>18.87</v>
+      </c>
+      <c r="Q6" s="8">
+        <v>26.02</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A7" s="6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
+      <c r="A8" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" s="11">
+        <v>19.0</v>
+      </c>
+      <c r="C8" s="11">
+        <v>19.0</v>
+      </c>
+      <c r="D8" s="11">
+        <v>17.0</v>
+      </c>
+      <c r="E8" s="11">
+        <v>10.0</v>
+      </c>
+      <c r="F8" s="11">
+        <v>12.0</v>
+      </c>
+      <c r="G8" s="11">
+        <v>11.0</v>
+      </c>
+      <c r="H8" s="11">
+        <v>15.0</v>
+      </c>
+      <c r="I8" s="11">
+        <v>12.0</v>
+      </c>
+      <c r="J8" s="11">
+        <v>12.0</v>
+      </c>
+      <c r="K8" s="11">
+        <v>13.0</v>
+      </c>
+      <c r="L8" s="11">
+        <v>19.0</v>
+      </c>
+      <c r="M8" s="11">
+        <v>14.0</v>
+      </c>
+      <c r="N8" s="11">
+        <v>14.0</v>
+      </c>
+      <c r="O8" s="11">
+        <v>14.0</v>
+      </c>
+      <c r="P8" s="11">
+        <v>19.0</v>
+      </c>
+      <c r="Q8" s="11">
+        <v>14.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A9" s="6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" customHeight="1" ht="28.8">
+      <c r="A10" s="16" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17">
+      <c r="A11" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="9">
+        <v>12.0</v>
+      </c>
+      <c r="C11" s="9">
+        <v>15.0</v>
+      </c>
+      <c r="D11" s="9">
+        <v>15.0</v>
+      </c>
+      <c r="E11" s="9">
+        <v>17.0</v>
+      </c>
+      <c r="F11" s="9">
+        <v>14.0</v>
+      </c>
+      <c r="G11" s="9">
+        <v>14.0</v>
+      </c>
+      <c r="H11" s="9">
+        <v>16.0</v>
+      </c>
+      <c r="I11" s="9">
+        <v>14.0</v>
+      </c>
+      <c r="J11" s="9">
+        <v>12.0</v>
+      </c>
+      <c r="K11" s="9">
+        <v>15.0</v>
+      </c>
+      <c r="L11" s="9">
+        <v>15.0</v>
+      </c>
+      <c r="M11" s="9">
+        <v>15.0</v>
+      </c>
+      <c r="N11" s="9">
+        <v>14.0</v>
+      </c>
+      <c r="O11" s="9">
+        <v>16.0</v>
+      </c>
+      <c r="P11" s="9">
+        <v>18.0</v>
+      </c>
+      <c r="Q11" s="9">
+        <v>14.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17">
+      <c r="A12" s="17" t="s">
+        <v>21</v>
+      </c>
+      <c r="B12" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C12" s="9">
+        <v>61.0</v>
+      </c>
+      <c r="D12" s="9">
+        <v>59.0</v>
+      </c>
+      <c r="E12" s="9">
+        <v>56.0</v>
+      </c>
+      <c r="F12" s="9">
+        <v>55.0</v>
+      </c>
+      <c r="G12" s="9">
+        <v>53.0</v>
+      </c>
+      <c r="H12" s="9">
+        <v>55.0</v>
+      </c>
+      <c r="I12" s="9">
+        <v>53.0</v>
+      </c>
+      <c r="J12" s="9">
+        <v>53.0</v>
+      </c>
+      <c r="K12" s="9">
+        <v>53.0</v>
+      </c>
+      <c r="L12" s="9">
+        <v>56.0</v>
+      </c>
+      <c r="M12" s="9">
+        <v>57.0</v>
+      </c>
+      <c r="N12" s="9">
+        <v>57.0</v>
+      </c>
+      <c r="O12" s="9">
+        <v>55.0</v>
+      </c>
+      <c r="P12" s="9">
+        <v>60.0</v>
+      </c>
+      <c r="Q12" s="9">
+        <v>67.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17">
+      <c r="A13" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="9">
+        <v>76.0</v>
+      </c>
+      <c r="D13" s="9">
+        <v>77.0</v>
+      </c>
+      <c r="E13" s="9">
+        <v>73.0</v>
+      </c>
+      <c r="F13" s="9">
+        <v>68.0</v>
+      </c>
+      <c r="G13" s="9">
+        <v>72.0</v>
+      </c>
+      <c r="H13" s="9">
+        <v>73.0</v>
+      </c>
+      <c r="I13" s="9">
+        <v>72.0</v>
+      </c>
+      <c r="J13" s="9">
+        <v>70.0</v>
+      </c>
+      <c r="K13" s="9">
+        <v>72.0</v>
+      </c>
+      <c r="L13" s="9">
+        <v>73.0</v>
+      </c>
+      <c r="M13" s="9">
+        <v>72.0</v>
+      </c>
+      <c r="N13" s="9">
+        <v>72.0</v>
+      </c>
+      <c r="O13" s="9">
+        <v>69.0</v>
+      </c>
+      <c r="P13" s="9">
+        <v>71.0</v>
+      </c>
+      <c r="Q13" s="9">
+        <v>68.0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17">
+      <c r="A14" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14" s="9">
+        <v>102.0</v>
+      </c>
+      <c r="C14" s="9">
+        <v>97.0</v>
+      </c>
+      <c r="D14" s="9">
+        <v>101.0</v>
+      </c>
+      <c r="E14" s="9">
+        <v>98.0</v>
+      </c>
+      <c r="F14" s="9">
+        <v>97.0</v>
+      </c>
+      <c r="G14" s="9">
+        <v>75.0</v>
+      </c>
+      <c r="H14" s="9">
+        <v>60.0</v>
+      </c>
+      <c r="I14" s="9">
+        <v>93.0</v>
+      </c>
+      <c r="J14" s="9">
+        <v>87.0</v>
+      </c>
+      <c r="K14" s="9">
+        <v>79.0</v>
+      </c>
+      <c r="L14" s="9">
+        <v>78.0</v>
+      </c>
+      <c r="M14" s="9">
+        <v>73.0</v>
+      </c>
+      <c r="N14" s="9">
+        <v>89.0</v>
+      </c>
+      <c r="O14" s="9">
+        <v>87.0</v>
+      </c>
+      <c r="P14" s="9">
+        <v>83.0</v>
+      </c>
+      <c r="Q14" s="9">
+        <v>82.0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17">
+      <c r="A15" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="9">
+        <v>80.0</v>
+      </c>
+      <c r="D15" s="9">
+        <v>81.0</v>
+      </c>
+      <c r="E15" s="9">
+        <v>77.0</v>
+      </c>
+      <c r="F15" s="9">
+        <v>74.0</v>
+      </c>
+      <c r="G15" s="9">
+        <v>76.0</v>
+      </c>
+      <c r="H15" s="9">
+        <v>76.0</v>
+      </c>
+      <c r="I15" s="9">
+        <v>74.0</v>
+      </c>
+      <c r="J15" s="9">
+        <v>75.0</v>
+      </c>
+      <c r="K15" s="9">
+        <v>79.0</v>
+      </c>
+      <c r="L15" s="9">
+        <v>81.0</v>
+      </c>
+      <c r="M15" s="9">
+        <v>80.0</v>
+      </c>
+      <c r="N15" s="9">
+        <v>77.0</v>
+      </c>
+      <c r="O15" s="9">
+        <v>77.0</v>
+      </c>
+      <c r="P15" s="9">
+        <v>82.0</v>
+      </c>
+      <c r="Q15" s="9">
+        <v>76.0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17">
+      <c r="A16" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="9">
+        <v>54.0</v>
+      </c>
+      <c r="D16" s="9">
+        <v>54.0</v>
+      </c>
+      <c r="E16" s="9">
+        <v>51.0</v>
+      </c>
+      <c r="F16" s="9">
+        <v>50.0</v>
+      </c>
+      <c r="G16" s="9">
+        <v>47.0</v>
+      </c>
+      <c r="H16" s="9">
+        <v>52.0</v>
+      </c>
+      <c r="I16" s="9">
+        <v>53.0</v>
+      </c>
+      <c r="J16" s="9">
+        <v>57.0</v>
+      </c>
+      <c r="K16" s="9">
+        <v>55.0</v>
+      </c>
+      <c r="L16" s="9">
+        <v>51.0</v>
+      </c>
+      <c r="M16" s="9">
+        <v>54.0</v>
+      </c>
+      <c r="N16" s="9">
+        <v>50.0</v>
+      </c>
+      <c r="O16" s="9">
+        <v>51.0</v>
+      </c>
+      <c r="P16" s="9">
+        <v>58.0</v>
+      </c>
+      <c r="Q16" s="9">
+        <v>51.0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17">
+      <c r="A17" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B17" s="13"/>
+      <c r="C17" s="13"/>
+      <c r="D17" s="13"/>
+      <c r="E17" s="13"/>
+      <c r="F17" s="13"/>
+      <c r="G17" s="13"/>
+      <c r="H17" s="13"/>
+      <c r="I17" s="13"/>
+      <c r="J17" s="13"/>
+      <c r="K17" s="13"/>
+      <c r="L17" s="13"/>
+      <c r="M17" s="13"/>
+      <c r="N17" s="13"/>
+      <c r="O17" s="13"/>
+      <c r="P17" s="13"/>
+      <c r="Q17" s="13"/>
+    </row>
+  </sheetData>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="Q20" sqref="Q20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
     <row r="3" spans="1:17">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17">
+      <c r="A6" s="4"/>
+      <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
+        <v>45928</v>
+      </c>
+      <c r="D6" s="5">
+        <v>45837</v>
+      </c>
+      <c r="E6" s="5">
+        <v>45746</v>
+      </c>
+      <c r="F6" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G6" s="5">
+        <v>45564</v>
+      </c>
+      <c r="H6" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I6" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J6" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K6" s="5">
+        <v>45193</v>
+      </c>
+      <c r="L6" s="5">
+        <v>45102</v>
+      </c>
+      <c r="M6" s="5">
+        <v>45011</v>
+      </c>
+      <c r="N6" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O6" s="5">
+        <v>44829</v>
+      </c>
+      <c r="P6" s="5">
+        <v>44738</v>
+      </c>
+      <c r="Q6" s="5">
+        <v>44647</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A7" s="6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
+      <c r="A8" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="C8" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="D8" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="E8" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="F8" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="G8" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="H8" s="9">
+        <v>18.0</v>
+      </c>
+      <c r="I8" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="J8" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="K8" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="L8" s="9">
+        <v>22.0</v>
+      </c>
+      <c r="M8" s="9">
+        <v>22.0</v>
+      </c>
+      <c r="N8" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="O8" s="9">
+        <v>20.0</v>
+      </c>
+      <c r="P8" s="9">
+        <v>23.0</v>
+      </c>
+      <c r="Q8" s="9">
+        <v>20.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
+      <c r="A9" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="C9" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="D9" s="9">
+        <v>17.0</v>
+      </c>
+      <c r="E9" s="9">
+        <v>10.0</v>
+      </c>
+      <c r="F9" s="9">
+        <v>12.0</v>
+      </c>
+      <c r="G9" s="9">
+        <v>11.0</v>
+      </c>
+      <c r="H9" s="9">
+        <v>15.0</v>
+      </c>
+      <c r="I9" s="9">
+        <v>12.0</v>
+      </c>
+      <c r="J9" s="9">
+        <v>12.0</v>
+      </c>
+      <c r="K9" s="9">
+        <v>13.0</v>
+      </c>
+      <c r="L9" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="M9" s="9">
+        <v>14.0</v>
+      </c>
+      <c r="N9" s="9">
+        <v>14.0</v>
+      </c>
+      <c r="O9" s="9">
+        <v>14.0</v>
+      </c>
+      <c r="P9" s="9">
+        <v>19.0</v>
+      </c>
+      <c r="Q9" s="9">
+        <v>14.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A10" s="6" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:17">
-[...122 lines deleted...]
-    </row>
     <row r="11" spans="1:17">
-      <c r="A11" s="13" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="B11" s="11">
+        <v>38.0</v>
+      </c>
+      <c r="C11" s="11">
+        <v>39.0</v>
+      </c>
+      <c r="D11" s="11">
+        <v>37.0</v>
+      </c>
+      <c r="E11" s="11">
+        <v>30.0</v>
+      </c>
+      <c r="F11" s="11">
+        <v>32.0</v>
+      </c>
+      <c r="G11" s="11">
+        <v>30.0</v>
+      </c>
+      <c r="H11" s="11">
+        <v>33.0</v>
+      </c>
+      <c r="I11" s="11">
+        <v>32.0</v>
+      </c>
+      <c r="J11" s="11">
+        <v>31.0</v>
+      </c>
+      <c r="K11" s="11">
+        <v>33.0</v>
+      </c>
+      <c r="L11" s="11">
+        <v>41.0</v>
+      </c>
+      <c r="M11" s="11">
+        <v>36.0</v>
+      </c>
+      <c r="N11" s="11">
+        <v>34.0</v>
+      </c>
+      <c r="O11" s="11">
+        <v>34.0</v>
+      </c>
+      <c r="P11" s="11">
+        <v>42.0</v>
+      </c>
+      <c r="Q11" s="11">
+        <v>34.0</v>
       </c>
     </row>
     <row r="12" spans="1:17" customHeight="1" ht="34.8">
-      <c r="A12" s="7" t="s">
-        <v>38</v>
+      <c r="A12" s="6" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:17" customHeight="1" ht="28.8">
-      <c r="A13" s="17" t="s">
-        <v>39</v>
+      <c r="A13" s="16" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:17">
-      <c r="A14" s="18" t="s">
+      <c r="A14" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" s="9">
+        <v>375.0</v>
+      </c>
+      <c r="C14" s="9">
+        <v>392.0</v>
+      </c>
+      <c r="D14" s="9">
+        <v>439.0</v>
+      </c>
+      <c r="E14" s="9">
+        <v>476.0</v>
+      </c>
+      <c r="F14" s="9">
+        <v>480.0</v>
+      </c>
+      <c r="G14" s="9">
+        <v>442.0</v>
+      </c>
+      <c r="H14" s="9">
+        <v>486.0</v>
+      </c>
+      <c r="I14" s="9">
+        <v>457.0</v>
+      </c>
+      <c r="J14" s="9">
+        <v>427.0</v>
+      </c>
+      <c r="K14" s="9">
+        <v>434.0</v>
+      </c>
+      <c r="L14" s="9">
+        <v>431.0</v>
+      </c>
+      <c r="M14" s="9">
+        <v>453.0</v>
+      </c>
+      <c r="N14" s="9">
+        <v>466.0</v>
+      </c>
+      <c r="O14" s="9">
+        <v>484.0</v>
+      </c>
+      <c r="P14" s="9">
+        <v>512.0</v>
+      </c>
+      <c r="Q14" s="9">
+        <v>507.0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17">
+      <c r="A15" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="B14" s="10" t="e">
-[...49 lines deleted...]
-      <c r="A15" s="18" t="s">
+      <c r="B15" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="9">
+        <v>227.0</v>
+      </c>
+      <c r="D15" s="9">
+        <v>228.0</v>
+      </c>
+      <c r="E15" s="9">
+        <v>221.0</v>
+      </c>
+      <c r="F15" s="9">
+        <v>208.0</v>
+      </c>
+      <c r="G15" s="9">
+        <v>208.0</v>
+      </c>
+      <c r="H15" s="9">
+        <v>206.0</v>
+      </c>
+      <c r="I15" s="9">
+        <v>199.0</v>
+      </c>
+      <c r="J15" s="9">
+        <v>194.0</v>
+      </c>
+      <c r="K15" s="9">
+        <v>201.0</v>
+      </c>
+      <c r="L15" s="9">
+        <v>207.0</v>
+      </c>
+      <c r="M15" s="9">
+        <v>211.0</v>
+      </c>
+      <c r="N15" s="9">
+        <v>201.0</v>
+      </c>
+      <c r="O15" s="9">
+        <v>210.0</v>
+      </c>
+      <c r="P15" s="9">
+        <v>212.0</v>
+      </c>
+      <c r="Q15" s="9">
+        <v>215.0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17">
+      <c r="A16" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="B15" s="10" t="e">
-[...49 lines deleted...]
-      <c r="A16" s="18" t="s">
+      <c r="B16" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="9">
+        <v>178.0</v>
+      </c>
+      <c r="D16" s="9">
+        <v>181.0</v>
+      </c>
+      <c r="E16" s="9">
+        <v>176.0</v>
+      </c>
+      <c r="F16" s="9">
+        <v>168.0</v>
+      </c>
+      <c r="G16" s="9">
+        <v>172.0</v>
+      </c>
+      <c r="H16" s="9">
+        <v>169.0</v>
+      </c>
+      <c r="I16" s="9">
+        <v>167.0</v>
+      </c>
+      <c r="J16" s="9">
+        <v>162.0</v>
+      </c>
+      <c r="K16" s="9">
+        <v>165.0</v>
+      </c>
+      <c r="L16" s="9">
+        <v>166.0</v>
+      </c>
+      <c r="M16" s="9">
+        <v>165.0</v>
+      </c>
+      <c r="N16" s="9">
+        <v>162.0</v>
+      </c>
+      <c r="O16" s="9">
+        <v>161.0</v>
+      </c>
+      <c r="P16" s="9">
+        <v>165.0</v>
+      </c>
+      <c r="Q16" s="9">
+        <v>158.0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17">
+      <c r="A17" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="B16" s="10" t="e">
-[...49 lines deleted...]
-      <c r="A17" s="18" t="s">
+      <c r="B17" s="9">
+        <v>252.0</v>
+      </c>
+      <c r="C17" s="9">
+        <v>253.0</v>
+      </c>
+      <c r="D17" s="9">
+        <v>261.0</v>
+      </c>
+      <c r="E17" s="9">
+        <v>254.0</v>
+      </c>
+      <c r="F17" s="9">
+        <v>244.0</v>
+      </c>
+      <c r="G17" s="9">
+        <v>186.0</v>
+      </c>
+      <c r="H17" s="9">
+        <v>149.0</v>
+      </c>
+      <c r="I17" s="9">
+        <v>234.0</v>
+      </c>
+      <c r="J17" s="9">
+        <v>207.0</v>
+      </c>
+      <c r="K17" s="9">
+        <v>200.0</v>
+      </c>
+      <c r="L17" s="9">
+        <v>194.0</v>
+      </c>
+      <c r="M17" s="9">
+        <v>183.0</v>
+      </c>
+      <c r="N17" s="9">
+        <v>203.0</v>
+      </c>
+      <c r="O17" s="9">
+        <v>205.0</v>
+      </c>
+      <c r="P17" s="9">
+        <v>203.0</v>
+      </c>
+      <c r="Q17" s="9">
+        <v>194.0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17">
+      <c r="A18" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="B17" s="10" t="e">
-[...49 lines deleted...]
-      <c r="A18" s="18" t="s">
+      <c r="B18" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="9">
+        <v>181.0</v>
+      </c>
+      <c r="D18" s="9">
+        <v>184.0</v>
+      </c>
+      <c r="E18" s="9">
+        <v>176.0</v>
+      </c>
+      <c r="F18" s="9">
+        <v>173.0</v>
+      </c>
+      <c r="G18" s="9">
+        <v>174.0</v>
+      </c>
+      <c r="H18" s="9">
+        <v>175.0</v>
+      </c>
+      <c r="I18" s="9">
+        <v>174.0</v>
+      </c>
+      <c r="J18" s="9">
+        <v>173.0</v>
+      </c>
+      <c r="K18" s="9">
+        <v>176.0</v>
+      </c>
+      <c r="L18" s="9">
+        <v>177.0</v>
+      </c>
+      <c r="M18" s="9">
+        <v>174.0</v>
+      </c>
+      <c r="N18" s="9">
+        <v>167.0</v>
+      </c>
+      <c r="O18" s="9">
+        <v>166.0</v>
+      </c>
+      <c r="P18" s="9">
+        <v>172.0</v>
+      </c>
+      <c r="Q18" s="9">
+        <v>163.0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17">
+      <c r="A19" s="17" t="s">
         <v>25</v>
       </c>
-      <c r="B18" s="10" t="e">
-[...98 lines deleted...]
-        <v>#N/A</v>
+      <c r="B19" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="9">
+        <v>127.0</v>
+      </c>
+      <c r="D19" s="9">
+        <v>131.0</v>
+      </c>
+      <c r="E19" s="9">
+        <v>127.0</v>
+      </c>
+      <c r="F19" s="9">
+        <v>121.0</v>
+      </c>
+      <c r="G19" s="9">
+        <v>124.0</v>
+      </c>
+      <c r="H19" s="9">
+        <v>131.0</v>
+      </c>
+      <c r="I19" s="9">
+        <v>130.0</v>
+      </c>
+      <c r="J19" s="9">
+        <v>133.0</v>
+      </c>
+      <c r="K19" s="9">
+        <v>134.0</v>
+      </c>
+      <c r="L19" s="9">
+        <v>129.0</v>
+      </c>
+      <c r="M19" s="9">
+        <v>130.0</v>
+      </c>
+      <c r="N19" s="9">
+        <v>123.0</v>
+      </c>
+      <c r="O19" s="9">
+        <v>124.0</v>
+      </c>
+      <c r="P19" s="9">
+        <v>129.0</v>
+      </c>
+      <c r="Q19" s="9">
+        <v>120.0</v>
       </c>
     </row>
     <row r="20" spans="1:17">
-      <c r="A20" s="14" t="s">
-[...1193 lines deleted...]
-      <c r="Q22" s="14"/>
+      <c r="A20" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B20" s="13"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="13"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="13"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="13"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="13"/>
+      <c r="K20" s="13"/>
+      <c r="L20" s="13"/>
+      <c r="M20" s="13"/>
+      <c r="N20" s="13"/>
+      <c r="O20" s="13"/>
+      <c r="P20" s="13"/>
+      <c r="Q20" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q20"/>
+  <dimension ref="A1:Q18"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="Q20" sqref="Q20"/>
+      <selection activeCell="Q18" sqref="Q18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>43</v>
+      </c>
+    </row>
     <row r="3" spans="1:17">
-      <c r="A3" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45928</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45837</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45746</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45564</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45193</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45102</v>
+      </c>
+      <c r="M5" s="5">
+        <v>45011</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44829</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44738</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>44647</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17">
+      <c r="A7" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="8">
+        <v>18.58</v>
+      </c>
+      <c r="C7" s="8">
+        <v>17.57</v>
+      </c>
+      <c r="D7" s="8">
+        <v>18.059999999999999</v>
+      </c>
+      <c r="E7" s="8">
+        <v>16.89</v>
+      </c>
+      <c r="F7" s="8">
+        <v>28.85</v>
+      </c>
+      <c r="G7" s="8">
+        <v>19.48</v>
+      </c>
+      <c r="H7" s="8">
+        <v>19.07</v>
+      </c>
+      <c r="I7" s="8">
+        <v>17.38</v>
+      </c>
+      <c r="J7" s="8">
+        <v>25.56</v>
+      </c>
+      <c r="K7" s="8">
+        <v>15.51</v>
+      </c>
+      <c r="L7" s="8">
+        <v>16.97</v>
+      </c>
+      <c r="M7" s="8">
+        <v>17.65</v>
+      </c>
+      <c r="N7" s="8">
+        <v>27.25</v>
+      </c>
+      <c r="O7" s="8">
+        <v>21.48</v>
+      </c>
+      <c r="P7" s="8">
+        <v>24.07</v>
+      </c>
+      <c r="Q7" s="8">
+        <v>21.92</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A8" s="6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
+      <c r="A9" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="B9" s="11">
+        <v>20.0</v>
+      </c>
+      <c r="C9" s="11">
+        <v>21.0</v>
+      </c>
+      <c r="D9" s="11">
+        <v>20.0</v>
+      </c>
+      <c r="E9" s="11">
+        <v>22.0</v>
+      </c>
+      <c r="F9" s="11">
+        <v>13.0</v>
+      </c>
+      <c r="G9" s="11">
+        <v>19.0</v>
+      </c>
+      <c r="H9" s="11">
+        <v>19.0</v>
+      </c>
+      <c r="I9" s="11">
+        <v>21.0</v>
+      </c>
+      <c r="J9" s="11">
+        <v>14.0</v>
+      </c>
+      <c r="K9" s="11">
+        <v>24.0</v>
+      </c>
+      <c r="L9" s="11">
+        <v>22.0</v>
+      </c>
+      <c r="M9" s="11">
+        <v>21.0</v>
+      </c>
+      <c r="N9" s="11">
+        <v>13.0</v>
+      </c>
+      <c r="O9" s="11">
+        <v>17.0</v>
+      </c>
+      <c r="P9" s="11">
+        <v>15.0</v>
+      </c>
+      <c r="Q9" s="11">
+        <v>17.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A10" s="6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="28.8">
+      <c r="A11" s="16" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="5" spans="1:17">
-[...176 lines deleted...]
-    <row r="13" spans="1:17" customHeight="1" ht="28.8">
+    <row r="12" spans="1:17">
+      <c r="A12" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" s="9">
+        <v>56.0</v>
+      </c>
+      <c r="C12" s="9">
+        <v>54.0</v>
+      </c>
+      <c r="D12" s="9">
+        <v>54.0</v>
+      </c>
+      <c r="E12" s="9">
+        <v>57.0</v>
+      </c>
+      <c r="F12" s="9">
+        <v>61.0</v>
+      </c>
+      <c r="G12" s="9">
+        <v>63.0</v>
+      </c>
+      <c r="H12" s="9">
+        <v>65.0</v>
+      </c>
+      <c r="I12" s="9">
+        <v>62.0</v>
+      </c>
+      <c r="J12" s="9">
+        <v>62.0</v>
+      </c>
+      <c r="K12" s="9">
+        <v>59.0</v>
+      </c>
+      <c r="L12" s="9">
+        <v>58.0</v>
+      </c>
+      <c r="M12" s="9">
+        <v>57.0</v>
+      </c>
+      <c r="N12" s="9">
+        <v>59.0</v>
+      </c>
+      <c r="O12" s="9">
+        <v>57.0</v>
+      </c>
+      <c r="P12" s="9">
+        <v>59.0</v>
+      </c>
+      <c r="Q12" s="9">
+        <v>54.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17">
       <c r="A13" s="17" t="s">
-        <v>45</v>
+        <v>21</v>
+      </c>
+      <c r="B13" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="9">
+        <v>76.0</v>
+      </c>
+      <c r="D13" s="9">
+        <v>78.0</v>
+      </c>
+      <c r="E13" s="9">
+        <v>72.0</v>
+      </c>
+      <c r="F13" s="9">
+        <v>70.0</v>
+      </c>
+      <c r="G13" s="9">
+        <v>69.0</v>
+      </c>
+      <c r="H13" s="9">
+        <v>67.0</v>
+      </c>
+      <c r="I13" s="9">
+        <v>67.0</v>
+      </c>
+      <c r="J13" s="9">
+        <v>67.0</v>
+      </c>
+      <c r="K13" s="9">
+        <v>66.0</v>
+      </c>
+      <c r="L13" s="9">
+        <v>72.0</v>
+      </c>
+      <c r="M13" s="9">
+        <v>78.0</v>
+      </c>
+      <c r="N13" s="9">
+        <v>77.0</v>
+      </c>
+      <c r="O13" s="9">
+        <v>76.0</v>
+      </c>
+      <c r="P13" s="9">
+        <v>77.0</v>
+      </c>
+      <c r="Q13" s="9">
+        <v>82.0</v>
       </c>
     </row>
     <row r="14" spans="1:17">
-      <c r="A14" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="9">
+        <v>85.0</v>
+      </c>
+      <c r="D14" s="9">
+        <v>85.0</v>
+      </c>
+      <c r="E14" s="9">
+        <v>86.0</v>
+      </c>
+      <c r="F14" s="9">
+        <v>87.0</v>
+      </c>
+      <c r="G14" s="9">
+        <v>86.0</v>
+      </c>
+      <c r="H14" s="9">
+        <v>85.0</v>
+      </c>
+      <c r="I14" s="9">
+        <v>83.0</v>
+      </c>
+      <c r="J14" s="9">
+        <v>83.0</v>
+      </c>
+      <c r="K14" s="9">
+        <v>82.0</v>
+      </c>
+      <c r="L14" s="9">
+        <v>81.0</v>
+      </c>
+      <c r="M14" s="9">
+        <v>80.0</v>
+      </c>
+      <c r="N14" s="9">
+        <v>81.0</v>
+      </c>
+      <c r="O14" s="9">
+        <v>79.0</v>
+      </c>
+      <c r="P14" s="9">
+        <v>82.0</v>
+      </c>
+      <c r="Q14" s="9">
+        <v>78.0</v>
       </c>
     </row>
     <row r="15" spans="1:17">
-      <c r="A15" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="B15" s="9">
+        <v>127.0</v>
+      </c>
+      <c r="C15" s="9">
+        <v>127.0</v>
+      </c>
+      <c r="D15" s="9">
+        <v>134.0</v>
+      </c>
+      <c r="E15" s="9">
+        <v>128.0</v>
+      </c>
+      <c r="F15" s="9">
+        <v>119.0</v>
+      </c>
+      <c r="G15" s="9">
+        <v>89.0</v>
+      </c>
+      <c r="H15" s="9">
+        <v>73.0</v>
+      </c>
+      <c r="I15" s="9">
+        <v>122.0</v>
+      </c>
+      <c r="J15" s="9">
+        <v>112.0</v>
+      </c>
+      <c r="K15" s="9">
+        <v>112.0</v>
+      </c>
+      <c r="L15" s="9">
+        <v>107.0</v>
+      </c>
+      <c r="M15" s="9">
+        <v>102.0</v>
+      </c>
+      <c r="N15" s="9">
+        <v>123.0</v>
+      </c>
+      <c r="O15" s="9">
+        <v>116.0</v>
+      </c>
+      <c r="P15" s="9">
+        <v>116.0</v>
+      </c>
+      <c r="Q15" s="9">
+        <v>110.0</v>
       </c>
     </row>
     <row r="16" spans="1:17">
-      <c r="A16" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="B16" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="9">
+        <v>104.0</v>
+      </c>
+      <c r="D16" s="9">
+        <v>105.0</v>
+      </c>
+      <c r="E16" s="9">
+        <v>101.0</v>
+      </c>
+      <c r="F16" s="9">
+        <v>105.0</v>
+      </c>
+      <c r="G16" s="9">
+        <v>103.0</v>
+      </c>
+      <c r="H16" s="9">
+        <v>101.0</v>
+      </c>
+      <c r="I16" s="9">
+        <v>102.0</v>
+      </c>
+      <c r="J16" s="9">
+        <v>109.0</v>
+      </c>
+      <c r="K16" s="9">
+        <v>104.0</v>
+      </c>
+      <c r="L16" s="9">
+        <v>105.0</v>
+      </c>
+      <c r="M16" s="9">
+        <v>104.0</v>
+      </c>
+      <c r="N16" s="9">
+        <v>103.0</v>
+      </c>
+      <c r="O16" s="9">
+        <v>99.0</v>
+      </c>
+      <c r="P16" s="9">
+        <v>101.0</v>
+      </c>
+      <c r="Q16" s="9">
+        <v>100.0</v>
       </c>
     </row>
     <row r="17" spans="1:17">
-      <c r="A17" s="18" t="s">
-[...48 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="B17" s="9">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="9">
+        <v>77.0</v>
+      </c>
+      <c r="D17" s="9">
+        <v>73.0</v>
+      </c>
+      <c r="E17" s="9">
+        <v>75.0</v>
+      </c>
+      <c r="F17" s="9">
+        <v>72.0</v>
+      </c>
+      <c r="G17" s="9">
+        <v>68.0</v>
+      </c>
+      <c r="H17" s="9">
+        <v>66.0</v>
+      </c>
+      <c r="I17" s="9">
+        <v>65.0</v>
+      </c>
+      <c r="J17" s="9">
+        <v>69.0</v>
+      </c>
+      <c r="K17" s="9">
+        <v>68.0</v>
+      </c>
+      <c r="L17" s="9">
+        <v>66.0</v>
+      </c>
+      <c r="M17" s="9">
+        <v>67.0</v>
+      </c>
+      <c r="N17" s="9">
+        <v>68.0</v>
+      </c>
+      <c r="O17" s="9">
+        <v>63.0</v>
+      </c>
+      <c r="P17" s="9">
+        <v>68.0</v>
+      </c>
+      <c r="Q17" s="9">
+        <v>58.0</v>
       </c>
     </row>
     <row r="18" spans="1:17">
-      <c r="A18" s="18" t="s">
-[...123 lines deleted...]
-      <c r="Q20" s="14"/>
+      <c r="A18" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B18" s="13"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="13"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="13"/>
+      <c r="G18" s="13"/>
+      <c r="H18" s="13"/>
+      <c r="I18" s="13"/>
+      <c r="J18" s="13"/>
+      <c r="K18" s="13"/>
+      <c r="L18" s="13"/>
+      <c r="M18" s="13"/>
+      <c r="N18" s="13"/>
+      <c r="O18" s="13"/>
+      <c r="P18" s="13"/>
+      <c r="Q18" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="10" baseType="lpstr">