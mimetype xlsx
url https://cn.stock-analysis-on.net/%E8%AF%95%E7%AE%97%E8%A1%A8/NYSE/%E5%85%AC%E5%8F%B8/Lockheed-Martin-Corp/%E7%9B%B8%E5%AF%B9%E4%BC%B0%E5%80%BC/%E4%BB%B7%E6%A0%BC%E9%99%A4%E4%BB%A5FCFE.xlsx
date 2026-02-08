--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -16,54 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FCFE" sheetId="1" r:id="rId4"/>
     <sheet name="当前价格与 FCFE 比" sheetId="2" r:id="rId5"/>
     <sheet name="历史价格与 FCFE 比" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>Lockheed Martin Corp.</t>
   </si>
   <si>
     <t>FCFE, 计算</t>
   </si>
   <si>
     <t>以百万计</t>
   </si>
   <si>
     <t>截至12个月</t>
   </si>
   <si>
     <t>净收益</t>
   </si>
   <si>
     <t>非现金费用净额</t>
   </si>
   <si>
     <t>资产和负债变动</t>
   </si>
   <si>
     <t>经营活动产生的现金净额</t>
   </si>
   <si>
@@ -135,67 +132,58 @@
   <si>
     <t>资本货物</t>
   </si>
   <si>
     <t>P/FCFE工业</t>
   </si>
   <si>
     <t>工业</t>
   </si>
   <si>
     <t>P/FCFE, 计算，与基准测试的比较</t>
   </si>
   <si>
     <t>股价</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-804]yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;-#,##0.00;&quot;—&quot;"/>
   </numFmts>
-  <fonts count="8">
+  <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -258,90 +246,89 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="17">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="166" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="166" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -618,804 +605,789 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F16"/>
+  <dimension ref="A1:F14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F16" sqref="F16"/>
+      <selection activeCell="F14" sqref="F14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-      <c r="A3" s="2" t="s">
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
-      <c r="A4" s="3" t="s">
+      <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
+    <row r="5" spans="1:6">
+      <c r="A5" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="4">
+        <v>45657</v>
+      </c>
+      <c r="D5" s="4">
+        <v>45291</v>
+      </c>
+      <c r="E5" s="4">
+        <v>44926</v>
+      </c>
+      <c r="F5" s="4">
+        <v>44561</v>
+      </c>
+    </row>
     <row r="6" spans="1:6">
-      <c r="A6" t="s">
-        <v>3</v>
+      <c r="A6" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="6">
+        <v>5017.0</v>
+      </c>
+      <c r="C6" s="6">
+        <v>5336.0</v>
+      </c>
+      <c r="D6" s="6">
+        <v>6920.0</v>
+      </c>
+      <c r="E6" s="6">
+        <v>5732.0</v>
+      </c>
+      <c r="F6" s="6">
+        <v>6315.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
-      <c r="A7" s="4" t="s">
-[...15 lines deleted...]
-        <v>44561</v>
+      <c r="A7" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="6">
+        <v>3354.0</v>
+      </c>
+      <c r="C7" s="6">
+        <v>1799.0</v>
+      </c>
+      <c r="D7" s="6">
+        <v>816.0</v>
+      </c>
+      <c r="E7" s="6">
+        <v>2655.0</v>
+      </c>
+      <c r="F7" s="6">
+        <v>2852.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
-      <c r="A8" s="6" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="6">
+        <v>186.0</v>
+      </c>
+      <c r="C8" s="6">
+        <v>-163.0</v>
+      </c>
+      <c r="D8" s="6">
+        <v>184.0</v>
+      </c>
+      <c r="E8" s="6">
+        <v>-585.0</v>
+      </c>
+      <c r="F8" s="6">
+        <v>54.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
-      <c r="A9" s="6" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="8">
+        <v>8557.0</v>
+      </c>
+      <c r="C9" s="8">
+        <v>6972.0</v>
+      </c>
+      <c r="D9" s="8">
+        <v>7920.0</v>
+      </c>
+      <c r="E9" s="8">
+        <v>7802.0</v>
+      </c>
+      <c r="F9" s="8">
+        <v>9221.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
-      <c r="A10" s="6" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="6">
+        <v>-1649.0</v>
+      </c>
+      <c r="C10" s="6">
+        <v>-1685.0</v>
+      </c>
+      <c r="D10" s="6">
+        <v>-1691.0</v>
+      </c>
+      <c r="E10" s="6">
+        <v>-1670.0</v>
+      </c>
+      <c r="F10" s="6">
+        <v>-1522.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
-      <c r="A11" s="8" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="6">
+        <v>1985.0</v>
+      </c>
+      <c r="C11" s="6">
+        <v>2970.0</v>
+      </c>
+      <c r="D11" s="6">
+        <v>1975.0</v>
+      </c>
+      <c r="E11" s="6">
+        <v>6211.0</v>
+      </c>
+      <c r="F11" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
-      <c r="A12" s="6" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="6">
+        <v>-642.0</v>
+      </c>
+      <c r="C12" s="6">
+        <v>-168.0</v>
+      </c>
+      <c r="D12" s="6">
+        <v>-115.0</v>
+      </c>
+      <c r="E12" s="6">
+        <v>-2250.0</v>
+      </c>
+      <c r="F12" s="6">
+        <v>-500.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
-      <c r="A13" s="6" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" s="8">
+        <v>8251.0</v>
+      </c>
+      <c r="C13" s="8">
+        <v>8089.0</v>
+      </c>
+      <c r="D13" s="8">
+        <v>8089.0</v>
+      </c>
+      <c r="E13" s="8">
+        <v>10093.0</v>
+      </c>
+      <c r="F13" s="8">
+        <v>7199.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
-      <c r="A14" s="6" t="s">
-[...19 lines deleted...]
-      <c r="A15" s="10" t="s">
+      <c r="A14" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="B15" s="9" t="e">
-[...23 lines deleted...]
-      <c r="F16" s="11"/>
+      <c r="B14" s="10"/>
+      <c r="C14" s="10"/>
+      <c r="D14" s="10"/>
+      <c r="E14" s="10"/>
+      <c r="F14" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B25"/>
+  <dimension ref="A1:B23"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="B25" sqref="B25"/>
+      <selection activeCell="B23" sqref="B23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:2">
+      <c r="A2" s="2" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="5" t="s">
         <v>14</v>
       </c>
+      <c r="B4" s="6">
+        <v>230080240.0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" customHeight="1" ht="34.8">
+      <c r="A5" s="11" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" s="6" t="s">
-[...6 lines deleted...]
-    <row r="7" spans="1:2" customHeight="1" ht="34.8">
+      <c r="A6" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="6">
+        <v>8251.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2">
       <c r="A7" s="12" t="s">
-        <v>16</v>
+        <v>17</v>
+      </c>
+      <c r="B7" s="13">
+        <v>35.86</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" s="13" t="s">
-[...7 lines deleted...]
-      <c r="A9" s="13" t="s">
+      <c r="A8" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="B9" s="14" t="e">
-        <v>#N/A</v>
+      <c r="B8" s="13">
+        <v>623.58000000000004</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" customHeight="1" ht="34.8">
+      <c r="A9" s="11" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:2">
-      <c r="A10" s="13" t="s">
-[...3 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" s="14">
+        <v>17.39</v>
       </c>
     </row>
     <row r="11" spans="1:2" customHeight="1" ht="34.8">
-      <c r="A11" s="12" t="s">
-[...4 lines deleted...]
-      <c r="A12" s="8" t="s">
+      <c r="A11" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="B12" s="15" t="e">
-[...4 lines deleted...]
-      <c r="A13" s="12" t="s">
+    </row>
+    <row r="12" spans="1:2" customHeight="1" ht="28.8">
+      <c r="A12" s="15" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="14" spans="1:2" customHeight="1" ht="28.8">
+    <row r="13" spans="1:2">
+      <c r="A13" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="B13" s="13">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2">
       <c r="A14" s="16" t="s">
-        <v>23</v>
+        <v>24</v>
+      </c>
+      <c r="B14" s="13">
+        <v>32.86</v>
       </c>
     </row>
     <row r="15" spans="1:2">
-      <c r="A15" s="17" t="s">
-[...3 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B15" s="13">
+        <v>39.62</v>
       </c>
     </row>
     <row r="16" spans="1:2">
-      <c r="A16" s="17" t="s">
-[...3 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="B16" s="13">
+        <v>44.35</v>
       </c>
     </row>
     <row r="17" spans="1:2">
-      <c r="A17" s="17" t="s">
-[...3 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="B17" s="13">
+        <v>9.59</v>
       </c>
     </row>
     <row r="18" spans="1:2">
-      <c r="A18" s="17" t="s">
-[...7 lines deleted...]
-      <c r="A19" s="17" t="s">
+      <c r="A18" s="16" t="s">
         <v>28</v>
       </c>
-      <c r="B19" s="14" t="e">
-        <v>#N/A</v>
+      <c r="B18" s="13">
+        <v>131.21000000000001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" customHeight="1" ht="28.8">
+      <c r="A19" s="15" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:2">
-      <c r="A20" s="17" t="s">
-[...3 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="B20" s="13">
+        <v>50.5</v>
       </c>
     </row>
     <row r="21" spans="1:2" customHeight="1" ht="28.8">
-      <c r="A21" s="16" t="s">
-        <v>30</v>
+      <c r="A21" s="15" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:2">
-      <c r="A22" s="17" t="s">
-[...7 lines deleted...]
-      <c r="A23" s="16" t="s">
+      <c r="A22" s="16" t="s">
         <v>32</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="B25" s="11"/>
+      <c r="B22" s="13">
+        <v>41.63</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2">
+      <c r="A23" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="B23" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F26"/>
+  <dimension ref="A1:F24"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F26" sqref="F26"/>
+      <selection activeCell="F24" sqref="F24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="4" spans="1:6">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
+        <v>45657</v>
+      </c>
+      <c r="D4" s="4">
+        <v>45291</v>
+      </c>
+      <c r="E4" s="4">
+        <v>44926</v>
+      </c>
+      <c r="F4" s="4">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="6">
+        <v>230080240.0</v>
+      </c>
+      <c r="C5" s="6">
+        <v>235385902.0</v>
+      </c>
+      <c r="D5" s="6">
+        <v>241643304.0</v>
+      </c>
+      <c r="E5" s="6">
+        <v>255297298.0</v>
+      </c>
+      <c r="F5" s="6">
+        <v>272326925.0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A6" s="11" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="6">
+        <v>8251.0</v>
+      </c>
+      <c r="C7" s="6">
+        <v>8089.0</v>
+      </c>
+      <c r="D7" s="6">
+        <v>8089.0</v>
+      </c>
+      <c r="E7" s="6">
+        <v>10093.0</v>
+      </c>
+      <c r="F7" s="6">
+        <v>7199.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="13">
+        <v>35.86</v>
+      </c>
+      <c r="C8" s="13">
+        <v>34.36</v>
+      </c>
+      <c r="D8" s="13">
+        <v>33.47</v>
+      </c>
+      <c r="E8" s="13">
+        <v>39.53</v>
+      </c>
+      <c r="F8" s="13">
+        <v>26.44</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9" s="12" t="s">
         <v>34</v>
       </c>
-    </row>
-[...80 lines deleted...]
-        <v>#N/A</v>
+      <c r="B9" s="13">
+        <v>622.50999999999999</v>
+      </c>
+      <c r="C9" s="13">
+        <v>457.44999999999999</v>
+      </c>
+      <c r="D9" s="13">
+        <v>439.67000000000002</v>
+      </c>
+      <c r="E9" s="13">
+        <v>459.81</v>
+      </c>
+      <c r="F9" s="13">
+        <v>387.17000000000002</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A10" s="11" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:6">
-      <c r="A11" s="13" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="14">
+        <v>17.36</v>
+      </c>
+      <c r="C11" s="14">
+        <v>13.31</v>
+      </c>
+      <c r="D11" s="14">
+        <v>13.13</v>
+      </c>
+      <c r="E11" s="14">
+        <v>11.63</v>
+      </c>
+      <c r="F11" s="14">
+        <v>14.65</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A12" s="12" t="s">
-[...4 lines deleted...]
-      <c r="A13" s="8" t="s">
+      <c r="A12" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="B13" s="15" t="e">
-[...16 lines deleted...]
-      <c r="A14" s="12" t="s">
+    </row>
+    <row r="13" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A13" s="15" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="15" spans="1:6" customHeight="1" ht="28.8">
+    <row r="14" spans="1:6">
+      <c r="A14" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="D14" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="E14" s="13">
+        <v>120.43000000000001</v>
+      </c>
+      <c r="F14" s="13">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
       <c r="A15" s="16" t="s">
-        <v>23</v>
+        <v>24</v>
+      </c>
+      <c r="B15" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="13">
+        <v>16.33</v>
+      </c>
+      <c r="D15" s="13">
+        <v>14.39</v>
+      </c>
+      <c r="E15" s="13">
+        <v>24.030000000000001</v>
+      </c>
+      <c r="F15" s="13">
+        <v>16.36</v>
       </c>
     </row>
     <row r="16" spans="1:6">
-      <c r="A16" s="17" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="13">
+        <v>31.059999999999999</v>
+      </c>
+      <c r="D16" s="13">
+        <v>33.65</v>
+      </c>
+      <c r="E16" s="13">
+        <v>28.68</v>
+      </c>
+      <c r="F16" s="13">
+        <v>24.43</v>
       </c>
     </row>
     <row r="17" spans="1:6">
-      <c r="A17" s="17" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="B17" s="13">
+        <v>41.29</v>
+      </c>
+      <c r="C17" s="13">
+        <v>53.26</v>
+      </c>
+      <c r="D17" s="13">
+        <v>225.15000000000001</v>
+      </c>
+      <c r="E17" s="13">
+        <v>44.45</v>
+      </c>
+      <c r="F17" s="13">
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
-      <c r="A18" s="17" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="B18" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="13">
+        <v>8.35</v>
+      </c>
+      <c r="D18" s="13">
+        <v>26.1</v>
+      </c>
+      <c r="E18" s="13">
+        <v>27.59</v>
+      </c>
+      <c r="F18" s="13">
+        <v>46.23</v>
       </c>
     </row>
     <row r="19" spans="1:6">
-      <c r="A19" s="17" t="s">
-[...19 lines deleted...]
-      <c r="A20" s="17" t="s">
+      <c r="A19" s="16" t="s">
         <v>28</v>
       </c>
-      <c r="B20" s="14" t="e">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="B19" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="13">
+        <v>85.26000000000001</v>
+      </c>
+      <c r="D19" s="13">
+        <v>7.05</v>
+      </c>
+      <c r="E19" s="13">
+        <v>26.71</v>
+      </c>
+      <c r="F19" s="13">
+        <v>35.07</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A20" s="15" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:6">
-      <c r="A21" s="17" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="B21" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C21" s="13">
+        <v>33.57</v>
+      </c>
+      <c r="D21" s="13">
+        <v>20.26</v>
+      </c>
+      <c r="E21" s="13">
+        <v>25.94</v>
+      </c>
+      <c r="F21" s="13">
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6" customHeight="1" ht="28.8">
-      <c r="A22" s="16" t="s">
-        <v>30</v>
+      <c r="A22" s="15" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:6">
-      <c r="A23" s="17" t="s">
-[...19 lines deleted...]
-      <c r="A24" s="16" t="s">
+      <c r="A23" s="16" t="s">
         <v>32</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="F26" s="11"/>
+      <c r="B23" s="13">
+        <v>0.0</v>
+      </c>
+      <c r="C23" s="13">
+        <v>30.92</v>
+      </c>
+      <c r="D23" s="13">
+        <v>23.85</v>
+      </c>
+      <c r="E23" s="13">
+        <v>25.07</v>
+      </c>
+      <c r="F23" s="13">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="B24" s="10"/>
+      <c r="C24" s="10"/>
+      <c r="D24" s="10"/>
+      <c r="E24" s="10"/>
+      <c r="F24" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">