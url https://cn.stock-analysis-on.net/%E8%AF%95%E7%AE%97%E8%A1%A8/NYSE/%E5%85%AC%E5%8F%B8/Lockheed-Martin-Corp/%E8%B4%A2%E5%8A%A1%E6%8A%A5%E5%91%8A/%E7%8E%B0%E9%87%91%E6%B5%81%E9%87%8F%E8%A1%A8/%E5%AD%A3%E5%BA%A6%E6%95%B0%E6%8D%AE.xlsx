--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -12,54 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="现金流量表" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>Lockheed Martin Corp.</t>
   </si>
   <si>
     <t>合并现金流量表</t>
   </si>
   <si>
     <t>季度数据</t>
   </si>
   <si>
     <t>以百万计</t>
   </si>
   <si>
     <t>截至 3 个月</t>
   </si>
   <si>
     <t>净收益</t>
   </si>
   <si>
     <t>折旧和摊销</t>
   </si>
   <si>
     <t>基于股票的薪酬</t>
   </si>
   <si>
@@ -124,67 +121,58 @@
   </si>
   <si>
     <t>回购普通股</t>
   </si>
   <si>
     <t>已支付的股息</t>
   </si>
   <si>
     <t>筹资活动提供（用于）的现金净额</t>
   </si>
   <si>
     <t>现金及现金等价物净变动</t>
   </si>
   <si>
     <t>源： https://cn.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-804]yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
-  <fonts count="7">
+  <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -238,90 +226,89 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="16">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="4"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -585,2060 +572,2055 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U38"/>
+  <dimension ref="A1:U36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="U38" sqref="U38"/>
+      <selection activeCell="U36" sqref="U36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:21">
+      <c r="A2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
     <row r="3" spans="1:21">
-      <c r="A3" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:21">
-      <c r="A5" s="4" t="s">
+      <c r="A5" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="6" spans="1:21">
+      <c r="A6" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
+        <v>45928</v>
+      </c>
+      <c r="D6" s="5">
+        <v>45837</v>
+      </c>
+      <c r="E6" s="5">
+        <v>45746</v>
+      </c>
+      <c r="F6" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G6" s="5">
+        <v>45564</v>
+      </c>
+      <c r="H6" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I6" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J6" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K6" s="5">
+        <v>45193</v>
+      </c>
+      <c r="L6" s="5">
+        <v>45102</v>
+      </c>
+      <c r="M6" s="5">
+        <v>45011</v>
+      </c>
+      <c r="N6" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O6" s="5">
+        <v>44829</v>
+      </c>
+      <c r="P6" s="5">
+        <v>44738</v>
+      </c>
+      <c r="Q6" s="5">
+        <v>44647</v>
+      </c>
+      <c r="R6" s="5">
+        <v>44561</v>
+      </c>
+      <c r="S6" s="5">
+        <v>44465</v>
+      </c>
+      <c r="T6" s="5">
+        <v>44374</v>
+      </c>
+      <c r="U6" s="5">
+        <v>44283</v>
+      </c>
+    </row>
     <row r="7" spans="1:21">
-      <c r="A7" t="s">
-        <v>4</v>
+      <c r="A7" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="7">
+        <v>1344.0</v>
+      </c>
+      <c r="C7" s="7">
+        <v>1619.0</v>
+      </c>
+      <c r="D7" s="7">
+        <v>342.0</v>
+      </c>
+      <c r="E7" s="7">
+        <v>1712.0</v>
+      </c>
+      <c r="F7" s="7">
+        <v>527.0</v>
+      </c>
+      <c r="G7" s="7">
+        <v>1623.0</v>
+      </c>
+      <c r="H7" s="7">
+        <v>1641.0</v>
+      </c>
+      <c r="I7" s="7">
+        <v>1545.0</v>
+      </c>
+      <c r="J7" s="7">
+        <v>1866.0</v>
+      </c>
+      <c r="K7" s="7">
+        <v>1684.0</v>
+      </c>
+      <c r="L7" s="7">
+        <v>1681.0</v>
+      </c>
+      <c r="M7" s="7">
+        <v>1689.0</v>
+      </c>
+      <c r="N7" s="7">
+        <v>1912.0</v>
+      </c>
+      <c r="O7" s="7">
+        <v>1778.0</v>
+      </c>
+      <c r="P7" s="7">
+        <v>309.0</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>1733.0</v>
+      </c>
+      <c r="R7" s="7">
+        <v>2049.0</v>
+      </c>
+      <c r="S7" s="7">
+        <v>614.0</v>
+      </c>
+      <c r="T7" s="7">
+        <v>1815.0</v>
+      </c>
+      <c r="U7" s="7">
+        <v>1837.0</v>
       </c>
     </row>
     <row r="8" spans="1:21">
-      <c r="A8" s="5" t="s">
-[...60 lines deleted...]
-        <v>44283</v>
+      <c r="A8" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="7">
+        <v>463.0</v>
+      </c>
+      <c r="C8" s="7">
+        <v>428.0</v>
+      </c>
+      <c r="D8" s="7">
+        <v>399.0</v>
+      </c>
+      <c r="E8" s="7">
+        <v>397.0</v>
+      </c>
+      <c r="F8" s="7">
+        <v>459.0</v>
+      </c>
+      <c r="G8" s="7">
+        <v>390.0</v>
+      </c>
+      <c r="H8" s="7">
+        <v>359.0</v>
+      </c>
+      <c r="I8" s="7">
+        <v>351.0</v>
+      </c>
+      <c r="J8" s="7">
+        <v>421.0</v>
+      </c>
+      <c r="K8" s="7">
+        <v>350.0</v>
+      </c>
+      <c r="L8" s="7">
+        <v>334.0</v>
+      </c>
+      <c r="M8" s="7">
+        <v>325.0</v>
+      </c>
+      <c r="N8" s="7">
+        <v>439.0</v>
+      </c>
+      <c r="O8" s="7">
+        <v>293.0</v>
+      </c>
+      <c r="P8" s="7">
+        <v>343.0</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>329.0</v>
+      </c>
+      <c r="R8" s="7">
+        <v>365.0</v>
+      </c>
+      <c r="S8" s="7">
+        <v>329.0</v>
+      </c>
+      <c r="T8" s="7">
+        <v>334.0</v>
+      </c>
+      <c r="U8" s="7">
+        <v>336.0</v>
       </c>
     </row>
     <row r="9" spans="1:21">
-      <c r="A9" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="7">
+        <v>89.0</v>
+      </c>
+      <c r="C9" s="7">
+        <v>74.0</v>
+      </c>
+      <c r="D9" s="7">
+        <v>81.0</v>
+      </c>
+      <c r="E9" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="F9" s="7">
+        <v>48.0</v>
+      </c>
+      <c r="G9" s="7">
+        <v>75.0</v>
+      </c>
+      <c r="H9" s="7">
+        <v>93.0</v>
+      </c>
+      <c r="I9" s="7">
+        <v>61.0</v>
+      </c>
+      <c r="J9" s="7">
+        <v>44.0</v>
+      </c>
+      <c r="K9" s="7">
+        <v>75.0</v>
+      </c>
+      <c r="L9" s="7">
+        <v>89.0</v>
+      </c>
+      <c r="M9" s="7">
+        <v>57.0</v>
+      </c>
+      <c r="N9" s="7">
+        <v>43.0</v>
+      </c>
+      <c r="O9" s="7">
+        <v>61.0</v>
+      </c>
+      <c r="P9" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>54.0</v>
+      </c>
+      <c r="R9" s="7">
+        <v>38.0</v>
+      </c>
+      <c r="S9" s="7">
+        <v>62.0</v>
+      </c>
+      <c r="T9" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="U9" s="7">
+        <v>47.0</v>
       </c>
     </row>
     <row r="10" spans="1:21">
-      <c r="A10" s="9" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="7">
+        <v>300.0</v>
+      </c>
+      <c r="C10" s="7">
+        <v>633.0</v>
+      </c>
+      <c r="D10" s="7">
+        <v>-527.0</v>
+      </c>
+      <c r="E10" s="7">
+        <v>-34.0</v>
+      </c>
+      <c r="F10" s="7">
+        <v>-414.0</v>
+      </c>
+      <c r="G10" s="7">
+        <v>-29.0</v>
+      </c>
+      <c r="H10" s="7">
+        <v>-68.0</v>
+      </c>
+      <c r="I10" s="7">
+        <v>-77.0</v>
+      </c>
+      <c r="J10" s="7">
+        <v>-103.0</v>
+      </c>
+      <c r="K10" s="7">
+        <v>-161.0</v>
+      </c>
+      <c r="L10" s="7">
+        <v>-117.0</v>
+      </c>
+      <c r="M10" s="7">
+        <v>-117.0</v>
+      </c>
+      <c r="N10" s="7">
+        <v>-217.0</v>
+      </c>
+      <c r="O10" s="7">
+        <v>632.0</v>
+      </c>
+      <c r="P10" s="7">
+        <v>-761.0</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>-411.0</v>
+      </c>
+      <c r="R10" s="7">
+        <v>52.0</v>
+      </c>
+      <c r="S10" s="7">
+        <v>-259.0</v>
+      </c>
+      <c r="T10" s="7">
+        <v>-39.0</v>
+      </c>
+      <c r="U10" s="7">
+        <v>63.0</v>
       </c>
     </row>
     <row r="11" spans="1:21">
-      <c r="A11" s="9" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="7">
+        <v>479.0</v>
+      </c>
+      <c r="C11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P11" s="7">
+        <v>1470.0</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S11" s="7">
+        <v>1665.0</v>
+      </c>
+      <c r="T11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="U11" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:21">
-      <c r="A12" s="9" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D12" s="7">
+        <v>66.0</v>
+      </c>
+      <c r="E12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H12" s="7">
+        <v>87.0</v>
+      </c>
+      <c r="I12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J12" s="7">
+        <v>92.0</v>
+      </c>
+      <c r="K12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N12" s="7">
+        <v>100.0</v>
+      </c>
+      <c r="O12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="U12" s="7">
+        <v>36.0</v>
       </c>
     </row>
     <row r="13" spans="1:21">
-      <c r="A13" s="9" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D13" s="7">
+        <v>1615.0</v>
+      </c>
+      <c r="E13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F13" s="7">
+        <v>1717.0</v>
+      </c>
+      <c r="G13" s="7">
+        <v>83.0</v>
+      </c>
+      <c r="H13" s="7">
+        <v>165.0</v>
+      </c>
+      <c r="I13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="U13" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" s="9" t="s">
-        <v>11</v>
-[...59 lines deleted...]
-        <v>#N/A</v>
+        <v>12</v>
+      </c>
+      <c r="B14" s="7">
+        <v>-57.0</v>
+      </c>
+      <c r="C14" s="7">
+        <v>-538.0</v>
+      </c>
+      <c r="D14" s="7">
+        <v>-1282.0</v>
+      </c>
+      <c r="E14" s="7">
+        <v>327.0</v>
+      </c>
+      <c r="F14" s="7">
+        <v>-210.0</v>
+      </c>
+      <c r="G14" s="7">
+        <v>789.0</v>
+      </c>
+      <c r="H14" s="7">
+        <v>-673.0</v>
+      </c>
+      <c r="I14" s="7">
+        <v>-125.0</v>
+      </c>
+      <c r="J14" s="7">
+        <v>273.0</v>
+      </c>
+      <c r="K14" s="7">
+        <v>1022.0</v>
+      </c>
+      <c r="L14" s="7">
+        <v>-844.0</v>
+      </c>
+      <c r="M14" s="7">
+        <v>-78.0</v>
+      </c>
+      <c r="N14" s="7">
+        <v>-21.0</v>
+      </c>
+      <c r="O14" s="7">
+        <v>917.0</v>
+      </c>
+      <c r="P14" s="7">
+        <v>-874.0</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>-564.0</v>
+      </c>
+      <c r="R14" s="7">
+        <v>304.0</v>
+      </c>
+      <c r="S14" s="7">
+        <v>344.0</v>
+      </c>
+      <c r="T14" s="7">
+        <v>-397.0</v>
+      </c>
+      <c r="U14" s="7">
+        <v>-236.0</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15" s="9" t="s">
-        <v>12</v>
-[...59 lines deleted...]
-        <v>#N/A</v>
+        <v>13</v>
+      </c>
+      <c r="B15" s="7">
+        <v>948.0</v>
+      </c>
+      <c r="C15" s="7">
+        <v>947.0</v>
+      </c>
+      <c r="D15" s="7">
+        <v>-458.0</v>
+      </c>
+      <c r="E15" s="7">
+        <v>-1720.0</v>
+      </c>
+      <c r="F15" s="7">
+        <v>1027.0</v>
+      </c>
+      <c r="G15" s="7">
+        <v>-412.0</v>
+      </c>
+      <c r="H15" s="7">
+        <v>143.0</v>
+      </c>
+      <c r="I15" s="7">
+        <v>-867.0</v>
+      </c>
+      <c r="J15" s="7">
+        <v>422.0</v>
+      </c>
+      <c r="K15" s="7">
+        <v>-597.0</v>
+      </c>
+      <c r="L15" s="7">
+        <v>181.0</v>
+      </c>
+      <c r="M15" s="7">
+        <v>-871.0</v>
+      </c>
+      <c r="N15" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="O15" s="7">
+        <v>-580.0</v>
+      </c>
+      <c r="P15" s="7">
+        <v>377.0</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>-1551.0</v>
+      </c>
+      <c r="R15" s="7">
+        <v>2118.0</v>
+      </c>
+      <c r="S15" s="7">
+        <v>-1272.0</v>
+      </c>
+      <c r="T15" s="7">
+        <v>-517.0</v>
+      </c>
+      <c r="U15" s="7">
+        <v>-1363.0</v>
       </c>
     </row>
     <row r="16" spans="1:21">
-      <c r="A16" s="10" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16" s="7">
+        <v>225.0</v>
+      </c>
+      <c r="C16" s="7">
+        <v>-50.0</v>
+      </c>
+      <c r="D16" s="7">
+        <v>-336.0</v>
+      </c>
+      <c r="E16" s="7">
+        <v>-125.0</v>
+      </c>
+      <c r="F16" s="7">
+        <v>-323.0</v>
+      </c>
+      <c r="G16" s="7">
+        <v>-190.0</v>
+      </c>
+      <c r="H16" s="7">
+        <v>181.0</v>
+      </c>
+      <c r="I16" s="7">
+        <v>-146.0</v>
+      </c>
+      <c r="J16" s="7">
+        <v>180.0</v>
+      </c>
+      <c r="K16" s="7">
+        <v>186.0</v>
+      </c>
+      <c r="L16" s="7">
+        <v>-27.0</v>
+      </c>
+      <c r="M16" s="7">
+        <v>-383.0</v>
+      </c>
+      <c r="N16" s="7">
+        <v>25.0</v>
+      </c>
+      <c r="O16" s="7">
+        <v>318.0</v>
+      </c>
+      <c r="P16" s="7">
+        <v>-287.0</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>-163.0</v>
+      </c>
+      <c r="R16" s="7">
+        <v>-78.0</v>
+      </c>
+      <c r="S16" s="7">
+        <v>216.0</v>
+      </c>
+      <c r="T16" s="7">
+        <v>137.0</v>
+      </c>
+      <c r="U16" s="7">
+        <v>289.0</v>
       </c>
     </row>
     <row r="17" spans="1:21">
-      <c r="A17" s="10" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="B17" s="7">
+        <v>-303.0</v>
+      </c>
+      <c r="C17" s="7">
+        <v>144.0</v>
+      </c>
+      <c r="D17" s="7">
+        <v>-180.0</v>
+      </c>
+      <c r="E17" s="7">
+        <v>1680.0</v>
+      </c>
+      <c r="F17" s="7">
+        <v>-1063.0</v>
+      </c>
+      <c r="G17" s="7">
+        <v>-82.0</v>
+      </c>
+      <c r="H17" s="7">
+        <v>-249.0</v>
+      </c>
+      <c r="I17" s="7">
+        <v>1301.0</v>
+      </c>
+      <c r="J17" s="7">
+        <v>-1580.0</v>
+      </c>
+      <c r="K17" s="7">
+        <v>334.0</v>
+      </c>
+      <c r="L17" s="7">
+        <v>180.0</v>
+      </c>
+      <c r="M17" s="7">
+        <v>1217.0</v>
+      </c>
+      <c r="N17" s="7">
+        <v>-560.0</v>
+      </c>
+      <c r="O17" s="7">
+        <v>312.0</v>
+      </c>
+      <c r="P17" s="7">
+        <v>-307.0</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>1829.0</v>
+      </c>
+      <c r="R17" s="7">
+        <v>-751.0</v>
+      </c>
+      <c r="S17" s="7">
+        <v>-90.0</v>
+      </c>
+      <c r="T17" s="7">
+        <v>-280.0</v>
+      </c>
+      <c r="U17" s="7">
+        <v>1023.0</v>
       </c>
     </row>
     <row r="18" spans="1:21">
-      <c r="A18" s="10" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" s="7">
+        <v>1181.0</v>
+      </c>
+      <c r="C18" s="7">
+        <v>398.0</v>
+      </c>
+      <c r="D18" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="E18" s="7">
+        <v>-420.0</v>
+      </c>
+      <c r="F18" s="7">
+        <v>744.0</v>
+      </c>
+      <c r="G18" s="7">
+        <v>-130.0</v>
+      </c>
+      <c r="H18" s="7">
+        <v>436.0</v>
+      </c>
+      <c r="I18" s="7">
+        <v>-445.0</v>
+      </c>
+      <c r="J18" s="7">
+        <v>1254.0</v>
+      </c>
+      <c r="K18" s="7">
+        <v>-248.0</v>
+      </c>
+      <c r="L18" s="7">
+        <v>-152.0</v>
+      </c>
+      <c r="M18" s="7">
+        <v>-152.0</v>
+      </c>
+      <c r="N18" s="7">
+        <v>429.0</v>
+      </c>
+      <c r="O18" s="7">
+        <v>-18.0</v>
+      </c>
+      <c r="P18" s="7">
+        <v>175.0</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>-205.0</v>
+      </c>
+      <c r="R18" s="7">
+        <v>592.0</v>
+      </c>
+      <c r="S18" s="7">
+        <v>136.0</v>
+      </c>
+      <c r="T18" s="7">
+        <v>124.0</v>
+      </c>
+      <c r="U18" s="7">
+        <v>-290.0</v>
       </c>
     </row>
     <row r="19" spans="1:21">
-      <c r="A19" s="10" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B19" s="7">
+        <v>-155.0</v>
+      </c>
+      <c r="C19" s="7">
+        <v>-351.0</v>
+      </c>
+      <c r="D19" s="7">
+        <v>-88.0</v>
+      </c>
+      <c r="E19" s="7">
+        <v>339.0</v>
+      </c>
+      <c r="F19" s="7">
+        <v>65.0</v>
+      </c>
+      <c r="G19" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="H19" s="7">
+        <v>-320.0</v>
+      </c>
+      <c r="I19" s="7">
+        <v>341.0</v>
+      </c>
+      <c r="J19" s="7">
+        <v>-52.0</v>
+      </c>
+      <c r="K19" s="7">
+        <v>-35.0</v>
+      </c>
+      <c r="L19" s="7">
+        <v>-460.0</v>
+      </c>
+      <c r="M19" s="7">
+        <v>414.0</v>
+      </c>
+      <c r="N19" s="7">
+        <v>35.0</v>
+      </c>
+      <c r="O19" s="7">
+        <v>-952.0</v>
+      </c>
+      <c r="P19" s="7">
+        <v>368.0</v>
+      </c>
+      <c r="Q19" s="7">
+        <v>697.0</v>
+      </c>
+      <c r="R19" s="7">
+        <v>-10.0</v>
+      </c>
+      <c r="S19" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="T19" s="7">
+        <v>-268.0</v>
+      </c>
+      <c r="U19" s="7">
+        <v>301.0</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20" s="10" t="s">
-        <v>17</v>
-[...59 lines deleted...]
-        <v>#N/A</v>
+        <v>18</v>
+      </c>
+      <c r="B20" s="11">
+        <v>1839.0</v>
+      </c>
+      <c r="C20" s="11">
+        <v>550.0</v>
+      </c>
+      <c r="D20" s="11">
+        <v>-2284.0</v>
+      </c>
+      <c r="E20" s="11">
+        <v>81.0</v>
+      </c>
+      <c r="F20" s="11">
+        <v>240.0</v>
+      </c>
+      <c r="G20" s="11">
+        <v>20.0</v>
+      </c>
+      <c r="H20" s="11">
+        <v>-482.0</v>
+      </c>
+      <c r="I20" s="11">
+        <v>59.0</v>
+      </c>
+      <c r="J20" s="11">
+        <v>497.0</v>
+      </c>
+      <c r="K20" s="11">
+        <v>662.0</v>
+      </c>
+      <c r="L20" s="11">
+        <v>-1122.0</v>
+      </c>
+      <c r="M20" s="11">
+        <v>147.0</v>
+      </c>
+      <c r="N20" s="11">
+        <v>-77.0</v>
+      </c>
+      <c r="O20" s="11">
+        <v>-3.0</v>
+      </c>
+      <c r="P20" s="11">
+        <v>-548.0</v>
+      </c>
+      <c r="Q20" s="11">
+        <v>43.0</v>
+      </c>
+      <c r="R20" s="11">
+        <v>2175.0</v>
+      </c>
+      <c r="S20" s="11">
+        <v>-644.0</v>
+      </c>
+      <c r="T20" s="11">
+        <v>-1201.0</v>
+      </c>
+      <c r="U20" s="11">
+        <v>-276.0</v>
       </c>
     </row>
     <row r="21" spans="1:21">
-      <c r="A21" s="10" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="7">
+        <v>-749.0</v>
+      </c>
+      <c r="C21" s="7">
+        <v>111.0</v>
+      </c>
+      <c r="D21" s="7">
+        <v>112.0</v>
+      </c>
+      <c r="E21" s="7">
+        <v>111.0</v>
+      </c>
+      <c r="F21" s="7">
+        <v>-990.0</v>
+      </c>
+      <c r="G21" s="7">
+        <v>-1.0</v>
+      </c>
+      <c r="H21" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I21" s="7">
+        <v>-1.0</v>
+      </c>
+      <c r="J21" s="7">
+        <v>-95.0</v>
+      </c>
+      <c r="K21" s="7">
+        <v>-94.0</v>
+      </c>
+      <c r="L21" s="7">
+        <v>-95.0</v>
+      </c>
+      <c r="M21" s="7">
+        <v>-94.0</v>
+      </c>
+      <c r="N21" s="7">
+        <v>-90.0</v>
+      </c>
+      <c r="O21" s="7">
+        <v>-91.0</v>
+      </c>
+      <c r="P21" s="7">
+        <v>-115.0</v>
+      </c>
+      <c r="Q21" s="7">
+        <v>-116.0</v>
+      </c>
+      <c r="R21" s="7">
+        <v>-67.0</v>
+      </c>
+      <c r="S21" s="7">
+        <v>-67.0</v>
+      </c>
+      <c r="T21" s="7">
+        <v>-67.0</v>
+      </c>
+      <c r="U21" s="7">
+        <v>-66.0</v>
       </c>
     </row>
     <row r="22" spans="1:21">
-      <c r="A22" s="11" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A22" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B22" s="7">
+        <v>-546.0</v>
+      </c>
+      <c r="C22" s="7">
+        <v>313.0</v>
+      </c>
+      <c r="D22" s="7">
+        <v>397.0</v>
+      </c>
+      <c r="E22" s="7">
+        <v>-918.0</v>
+      </c>
+      <c r="F22" s="7">
+        <v>-564.0</v>
+      </c>
+      <c r="G22" s="7">
+        <v>277.0</v>
+      </c>
+      <c r="H22" s="7">
+        <v>81.0</v>
+      </c>
+      <c r="I22" s="7">
+        <v>-303.0</v>
+      </c>
+      <c r="J22" s="7">
+        <v>-357.0</v>
+      </c>
+      <c r="K22" s="7">
+        <v>375.0</v>
+      </c>
+      <c r="L22" s="7">
+        <v>330.0</v>
+      </c>
+      <c r="M22" s="7">
+        <v>-443.0</v>
+      </c>
+      <c r="N22" s="7">
+        <v>-182.0</v>
+      </c>
+      <c r="O22" s="7">
+        <v>463.0</v>
+      </c>
+      <c r="P22" s="7">
+        <v>553.0</v>
+      </c>
+      <c r="Q22" s="7">
+        <v>-222.0</v>
+      </c>
+      <c r="R22" s="7">
+        <v>-344.0</v>
+      </c>
+      <c r="S22" s="7">
+        <v>237.0</v>
+      </c>
+      <c r="T22" s="7">
+        <v>346.0</v>
+      </c>
+      <c r="U22" s="7">
+        <v>-229.0</v>
       </c>
     </row>
     <row r="23" spans="1:21">
-      <c r="A23" s="9" t="s">
+      <c r="A23" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="B23" s="11">
+        <v>1875.0</v>
+      </c>
+      <c r="C23" s="11">
+        <v>2109.0</v>
+      </c>
+      <c r="D23" s="11">
+        <v>-141.0</v>
+      </c>
+      <c r="E23" s="11">
+        <v>-303.0</v>
+      </c>
+      <c r="F23" s="11">
+        <v>496.0</v>
+      </c>
+      <c r="G23" s="11">
+        <v>815.0</v>
+      </c>
+      <c r="H23" s="11">
+        <v>235.0</v>
+      </c>
+      <c r="I23" s="11">
+        <v>90.0</v>
+      </c>
+      <c r="J23" s="11">
+        <v>499.0</v>
+      </c>
+      <c r="K23" s="11">
+        <v>1207.0</v>
+      </c>
+      <c r="L23" s="11">
+        <v>-581.0</v>
+      </c>
+      <c r="M23" s="11">
+        <v>-125.0</v>
+      </c>
+      <c r="N23" s="11">
+        <v>16.0</v>
+      </c>
+      <c r="O23" s="11">
+        <v>1355.0</v>
+      </c>
+      <c r="P23" s="11">
+        <v>1022.0</v>
+      </c>
+      <c r="Q23" s="11">
+        <v>-323.0</v>
+      </c>
+      <c r="R23" s="11">
+        <v>2219.0</v>
+      </c>
+      <c r="S23" s="11">
+        <v>1323.0</v>
+      </c>
+      <c r="T23" s="11">
+        <v>-547.0</v>
+      </c>
+      <c r="U23" s="11">
+        <v>-89.0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:21">
+      <c r="A24" s="13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" s="11">
+        <v>3219.0</v>
+      </c>
+      <c r="C24" s="11">
+        <v>3728.0</v>
+      </c>
+      <c r="D24" s="11">
+        <v>201.0</v>
+      </c>
+      <c r="E24" s="11">
+        <v>1409.0</v>
+      </c>
+      <c r="F24" s="11">
+        <v>1023.0</v>
+      </c>
+      <c r="G24" s="11">
+        <v>2438.0</v>
+      </c>
+      <c r="H24" s="11">
+        <v>1876.0</v>
+      </c>
+      <c r="I24" s="11">
+        <v>1635.0</v>
+      </c>
+      <c r="J24" s="11">
+        <v>2365.0</v>
+      </c>
+      <c r="K24" s="11">
+        <v>2891.0</v>
+      </c>
+      <c r="L24" s="11">
+        <v>1100.0</v>
+      </c>
+      <c r="M24" s="11">
+        <v>1564.0</v>
+      </c>
+      <c r="N24" s="11">
+        <v>1928.0</v>
+      </c>
+      <c r="O24" s="11">
+        <v>3133.0</v>
+      </c>
+      <c r="P24" s="11">
+        <v>1331.0</v>
+      </c>
+      <c r="Q24" s="11">
+        <v>1410.0</v>
+      </c>
+      <c r="R24" s="11">
+        <v>4268.0</v>
+      </c>
+      <c r="S24" s="11">
+        <v>1937.0</v>
+      </c>
+      <c r="T24" s="11">
+        <v>1268.0</v>
+      </c>
+      <c r="U24" s="11">
+        <v>1748.0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:21">
+      <c r="A25" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B25" s="7">
+        <v>-463.0</v>
+      </c>
+      <c r="C25" s="7">
+        <v>-381.0</v>
+      </c>
+      <c r="D25" s="7">
+        <v>-351.0</v>
+      </c>
+      <c r="E25" s="7">
+        <v>-454.0</v>
+      </c>
+      <c r="F25" s="7">
+        <v>-582.0</v>
+      </c>
+      <c r="G25" s="7">
+        <v>-355.0</v>
+      </c>
+      <c r="H25" s="7">
+        <v>-370.0</v>
+      </c>
+      <c r="I25" s="7">
+        <v>-378.0</v>
+      </c>
+      <c r="J25" s="7">
+        <v>-704.0</v>
+      </c>
+      <c r="K25" s="7">
+        <v>-364.0</v>
+      </c>
+      <c r="L25" s="7">
+        <v>-329.0</v>
+      </c>
+      <c r="M25" s="7">
+        <v>-294.0</v>
+      </c>
+      <c r="N25" s="7">
+        <v>-693.0</v>
+      </c>
+      <c r="O25" s="7">
+        <v>-405.0</v>
+      </c>
+      <c r="P25" s="7">
+        <v>-304.0</v>
+      </c>
+      <c r="Q25" s="7">
+        <v>-268.0</v>
+      </c>
+      <c r="R25" s="7">
+        <v>-607.0</v>
+      </c>
+      <c r="S25" s="7">
+        <v>-316.0</v>
+      </c>
+      <c r="T25" s="7">
+        <v>-318.0</v>
+      </c>
+      <c r="U25" s="7">
+        <v>-281.0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:21">
+      <c r="A26" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="B23" s="8" t="e">
-[...252 lines deleted...]
-        <v>#N/A</v>
+      <c r="B26" s="7">
+        <v>-50.0</v>
+      </c>
+      <c r="C26" s="7">
+        <v>62.0</v>
+      </c>
+      <c r="D26" s="7">
+        <v>-364.0</v>
+      </c>
+      <c r="E26" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="F26" s="7">
+        <v>-256.0</v>
+      </c>
+      <c r="G26" s="7">
+        <v>145.0</v>
+      </c>
+      <c r="H26" s="7">
+        <v>-2.0</v>
+      </c>
+      <c r="I26" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="J26" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="K26" s="7">
+        <v>-34.0</v>
+      </c>
+      <c r="L26" s="7">
+        <v>-5.0</v>
+      </c>
+      <c r="M26" s="7">
+        <v>35.0</v>
+      </c>
+      <c r="N26" s="7">
+        <v>-115.0</v>
+      </c>
+      <c r="O26" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="P26" s="7">
+        <v>-28.0</v>
+      </c>
+      <c r="Q26" s="7">
+        <v>17.0</v>
+      </c>
+      <c r="R26" s="7">
+        <v>65.0</v>
+      </c>
+      <c r="S26" s="7">
+        <v>86.0</v>
+      </c>
+      <c r="T26" s="7">
+        <v>98.0</v>
+      </c>
+      <c r="U26" s="7">
+        <v>112.0</v>
       </c>
     </row>
     <row r="27" spans="1:21">
-      <c r="A27" s="7" t="s">
+      <c r="A27" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="B27" s="8" t="e">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="B27" s="11">
+        <v>-513.0</v>
+      </c>
+      <c r="C27" s="11">
+        <v>-319.0</v>
+      </c>
+      <c r="D27" s="11">
+        <v>-715.0</v>
+      </c>
+      <c r="E27" s="11">
+        <v>-430.0</v>
+      </c>
+      <c r="F27" s="11">
+        <v>-838.0</v>
+      </c>
+      <c r="G27" s="11">
+        <v>-210.0</v>
+      </c>
+      <c r="H27" s="11">
+        <v>-372.0</v>
+      </c>
+      <c r="I27" s="11">
+        <v>-372.0</v>
+      </c>
+      <c r="J27" s="11">
+        <v>-703.0</v>
+      </c>
+      <c r="K27" s="11">
+        <v>-398.0</v>
+      </c>
+      <c r="L27" s="11">
+        <v>-334.0</v>
+      </c>
+      <c r="M27" s="11">
+        <v>-259.0</v>
+      </c>
+      <c r="N27" s="11">
+        <v>-808.0</v>
+      </c>
+      <c r="O27" s="11">
+        <v>-398.0</v>
+      </c>
+      <c r="P27" s="11">
+        <v>-332.0</v>
+      </c>
+      <c r="Q27" s="11">
+        <v>-251.0</v>
+      </c>
+      <c r="R27" s="11">
+        <v>-542.0</v>
+      </c>
+      <c r="S27" s="11">
+        <v>-230.0</v>
+      </c>
+      <c r="T27" s="11">
+        <v>-220.0</v>
+      </c>
+      <c r="U27" s="11">
+        <v>-169.0</v>
       </c>
     </row>
     <row r="28" spans="1:21">
-      <c r="A28" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A28" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C28" s="7">
+        <v>1985.0</v>
+      </c>
+      <c r="D28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F28" s="7">
+        <v>990.0</v>
+      </c>
+      <c r="G28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I28" s="7">
+        <v>1980.0</v>
+      </c>
+      <c r="J28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L28" s="7">
+        <v>1975.0</v>
+      </c>
+      <c r="M28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N28" s="7">
+        <v>3944.0</v>
+      </c>
+      <c r="O28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P28" s="7">
+        <v>2267.0</v>
+      </c>
+      <c r="Q28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T28" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="U28" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="29" spans="1:21">
-      <c r="A29" s="14" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A29" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B29" s="7">
+        <v>-500.0</v>
+      </c>
+      <c r="C29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D29" s="7">
+        <v>-142.0</v>
+      </c>
+      <c r="E29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H29" s="7">
+        <v>-168.0</v>
+      </c>
+      <c r="I29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K29" s="7">
+        <v>-115.0</v>
+      </c>
+      <c r="L29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P29" s="7">
+        <v>-2250.0</v>
+      </c>
+      <c r="Q29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S29" s="7">
+        <v>-500.0</v>
+      </c>
+      <c r="T29" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="U29" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="30" spans="1:21">
-      <c r="A30" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A30" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C30" s="7">
+        <v>-1449.0</v>
+      </c>
+      <c r="D30" s="7">
+        <v>1449.0</v>
+      </c>
+      <c r="E30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="O30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T30" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="U30" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="31" spans="1:21">
-      <c r="A31" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A31" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B31" s="7">
+        <v>-750.0</v>
+      </c>
+      <c r="C31" s="7">
+        <v>-1000.0</v>
+      </c>
+      <c r="D31" s="7">
+        <v>-500.0</v>
+      </c>
+      <c r="E31" s="7">
+        <v>-750.0</v>
+      </c>
+      <c r="F31" s="7">
+        <v>-1000.0</v>
+      </c>
+      <c r="G31" s="7">
+        <v>-850.0</v>
+      </c>
+      <c r="H31" s="7">
+        <v>-850.0</v>
+      </c>
+      <c r="I31" s="7">
+        <v>-1000.0</v>
+      </c>
+      <c r="J31" s="7">
+        <v>-3000.0</v>
+      </c>
+      <c r="K31" s="7">
+        <v>-1750.0</v>
+      </c>
+      <c r="L31" s="7">
+        <v>-750.0</v>
+      </c>
+      <c r="M31" s="7">
+        <v>-500.0</v>
+      </c>
+      <c r="N31" s="7">
+        <v>-4206.0</v>
+      </c>
+      <c r="O31" s="7">
+        <v>-1338.0</v>
+      </c>
+      <c r="P31" s="7">
+        <v>-356.0</v>
+      </c>
+      <c r="Q31" s="7">
+        <v>-2000.0</v>
+      </c>
+      <c r="R31" s="7">
+        <v>-2087.0</v>
+      </c>
+      <c r="S31" s="7">
+        <v>-500.0</v>
+      </c>
+      <c r="T31" s="7">
+        <v>-500.0</v>
+      </c>
+      <c r="U31" s="7">
+        <v>-1000.0</v>
       </c>
     </row>
     <row r="32" spans="1:21">
-      <c r="A32" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A32" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B32" s="7">
+        <v>-799.0</v>
+      </c>
+      <c r="C32" s="7">
+        <v>-765.0</v>
+      </c>
+      <c r="D32" s="7">
+        <v>-771.0</v>
+      </c>
+      <c r="E32" s="7">
+        <v>-796.0</v>
+      </c>
+      <c r="F32" s="7">
+        <v>-778.0</v>
+      </c>
+      <c r="G32" s="7">
+        <v>-749.0</v>
+      </c>
+      <c r="H32" s="7">
+        <v>-752.0</v>
+      </c>
+      <c r="I32" s="7">
+        <v>-780.0</v>
+      </c>
+      <c r="J32" s="7">
+        <v>-767.0</v>
+      </c>
+      <c r="K32" s="7">
+        <v>-747.0</v>
+      </c>
+      <c r="L32" s="7">
+        <v>-758.0</v>
+      </c>
+      <c r="M32" s="7">
+        <v>-784.0</v>
+      </c>
+      <c r="N32" s="7">
+        <v>-766.0</v>
+      </c>
+      <c r="O32" s="7">
+        <v>-739.0</v>
+      </c>
+      <c r="P32" s="7">
+        <v>-744.0</v>
+      </c>
+      <c r="Q32" s="7">
+        <v>-767.0</v>
+      </c>
+      <c r="R32" s="7">
+        <v>-762.0</v>
+      </c>
+      <c r="S32" s="7">
+        <v>-718.0</v>
+      </c>
+      <c r="T32" s="7">
+        <v>-721.0</v>
+      </c>
+      <c r="U32" s="7">
+        <v>-739.0</v>
       </c>
     </row>
     <row r="33" spans="1:21">
-      <c r="A33" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A33" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B33" s="7">
+        <v>-6.0</v>
+      </c>
+      <c r="C33" s="7">
+        <v>-3.0</v>
+      </c>
+      <c r="D33" s="7">
+        <v>-32.0</v>
+      </c>
+      <c r="E33" s="7">
+        <v>-113.0</v>
+      </c>
+      <c r="F33" s="7">
+        <v>-65.0</v>
+      </c>
+      <c r="G33" s="7">
+        <v>-1.0</v>
+      </c>
+      <c r="H33" s="7">
+        <v>-1.0</v>
+      </c>
+      <c r="I33" s="7">
+        <v>-115.0</v>
+      </c>
+      <c r="J33" s="7">
+        <v>-4.0</v>
+      </c>
+      <c r="K33" s="7">
+        <v>-3.0</v>
+      </c>
+      <c r="L33" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M33" s="7">
+        <v>-128.0</v>
+      </c>
+      <c r="N33" s="7">
+        <v>25.0</v>
+      </c>
+      <c r="O33" s="7">
+        <v>-3.0</v>
+      </c>
+      <c r="P33" s="7">
+        <v>-24.0</v>
+      </c>
+      <c r="Q33" s="7">
+        <v>-113.0</v>
+      </c>
+      <c r="R33" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S33" s="7">
+        <v>-7.0</v>
+      </c>
+      <c r="T33" s="7">
+        <v>-15.0</v>
+      </c>
+      <c r="U33" s="7">
+        <v>-67.0</v>
       </c>
     </row>
     <row r="34" spans="1:21">
-      <c r="A34" s="7" t="s">
+      <c r="A34" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="B34" s="8" t="e">
-[...57 lines deleted...]
-        <v>#N/A</v>
+      <c r="B34" s="11">
+        <v>-2055.0</v>
+      </c>
+      <c r="C34" s="11">
+        <v>-1232.0</v>
+      </c>
+      <c r="D34" s="11">
+        <v>4.0</v>
+      </c>
+      <c r="E34" s="11">
+        <v>-1659.0</v>
+      </c>
+      <c r="F34" s="11">
+        <v>-853.0</v>
+      </c>
+      <c r="G34" s="11">
+        <v>-1600.0</v>
+      </c>
+      <c r="H34" s="11">
+        <v>-1771.0</v>
+      </c>
+      <c r="I34" s="11">
+        <v>85.0</v>
+      </c>
+      <c r="J34" s="11">
+        <v>-3771.0</v>
+      </c>
+      <c r="K34" s="11">
+        <v>-2615.0</v>
+      </c>
+      <c r="L34" s="11">
+        <v>467.0</v>
+      </c>
+      <c r="M34" s="11">
+        <v>-1412.0</v>
+      </c>
+      <c r="N34" s="11">
+        <v>-1003.0</v>
+      </c>
+      <c r="O34" s="11">
+        <v>-2080.0</v>
+      </c>
+      <c r="P34" s="11">
+        <v>-1107.0</v>
+      </c>
+      <c r="Q34" s="11">
+        <v>-2880.0</v>
+      </c>
+      <c r="R34" s="11">
+        <v>-2849.0</v>
+      </c>
+      <c r="S34" s="11">
+        <v>-1725.0</v>
+      </c>
+      <c r="T34" s="11">
+        <v>-1236.0</v>
+      </c>
+      <c r="U34" s="11">
+        <v>-1806.0</v>
       </c>
     </row>
     <row r="35" spans="1:21">
-      <c r="A35" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A35" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B35" s="11">
+        <v>651.0</v>
+      </c>
+      <c r="C35" s="11">
+        <v>2177.0</v>
+      </c>
+      <c r="D35" s="11">
+        <v>-510.0</v>
+      </c>
+      <c r="E35" s="11">
+        <v>-680.0</v>
+      </c>
+      <c r="F35" s="11">
+        <v>-668.0</v>
+      </c>
+      <c r="G35" s="11">
+        <v>628.0</v>
+      </c>
+      <c r="H35" s="11">
+        <v>-267.0</v>
+      </c>
+      <c r="I35" s="11">
+        <v>1348.0</v>
+      </c>
+      <c r="J35" s="11">
+        <v>-2109.0</v>
+      </c>
+      <c r="K35" s="11">
+        <v>-122.0</v>
+      </c>
+      <c r="L35" s="11">
+        <v>1233.0</v>
+      </c>
+      <c r="M35" s="11">
+        <v>-107.0</v>
+      </c>
+      <c r="N35" s="11">
+        <v>117.0</v>
+      </c>
+      <c r="O35" s="11">
+        <v>655.0</v>
+      </c>
+      <c r="P35" s="11">
+        <v>-108.0</v>
+      </c>
+      <c r="Q35" s="11">
+        <v>-1721.0</v>
+      </c>
+      <c r="R35" s="11">
+        <v>877.0</v>
+      </c>
+      <c r="S35" s="11">
+        <v>-18.0</v>
+      </c>
+      <c r="T35" s="11">
+        <v>-188.0</v>
+      </c>
+      <c r="U35" s="11">
+        <v>-227.0</v>
       </c>
     </row>
     <row r="36" spans="1:21">
-      <c r="A36" s="14" t="s">
-[...64 lines deleted...]
-      <c r="A37" s="15" t="s">
+      <c r="A36" s="15" t="s">
         <v>32</v>
       </c>
-      <c r="B37" s="12" t="e">
-[...83 lines deleted...]
-      <c r="U38" s="16"/>
+      <c r="B36" s="15"/>
+      <c r="C36" s="15"/>
+      <c r="D36" s="15"/>
+      <c r="E36" s="15"/>
+      <c r="F36" s="15"/>
+      <c r="G36" s="15"/>
+      <c r="H36" s="15"/>
+      <c r="I36" s="15"/>
+      <c r="J36" s="15"/>
+      <c r="K36" s="15"/>
+      <c r="L36" s="15"/>
+      <c r="M36" s="15"/>
+      <c r="N36" s="15"/>
+      <c r="O36" s="15"/>
+      <c r="P36" s="15"/>
+      <c r="Q36" s="15"/>
+      <c r="R36" s="15"/>
+      <c r="S36" s="15"/>
+      <c r="T36" s="15"/>
+      <c r="U36" s="15"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">