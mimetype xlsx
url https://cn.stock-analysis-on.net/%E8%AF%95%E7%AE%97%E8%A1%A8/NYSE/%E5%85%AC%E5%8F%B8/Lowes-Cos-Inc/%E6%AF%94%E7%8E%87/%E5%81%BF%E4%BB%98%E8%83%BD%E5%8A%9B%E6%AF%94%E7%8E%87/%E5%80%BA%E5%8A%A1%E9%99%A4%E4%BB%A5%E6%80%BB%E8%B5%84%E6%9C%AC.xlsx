--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -773,66 +773,66 @@
       <c r="E13" s="11">
         <v>1.24</v>
       </c>
       <c r="F13" s="11">
         <v>0.94</v>
       </c>
       <c r="G13" s="11">
         <v>0.91</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="34.8">
       <c r="A14" s="5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="28.8">
       <c r="A15" s="12" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="14">
-        <v>0.0</v>
+        <v>0.16</v>
       </c>
       <c r="C16" s="14">
         <v>0.19</v>
       </c>
       <c r="D16" s="14">
         <v>0.28</v>
       </c>
       <c r="E16" s="14">
         <v>0.37</v>
       </c>
       <c r="F16" s="14">
         <v>0.35</v>
       </c>
       <c r="G16" s="14">
-        <v>0.4</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="14">
         <v>0.89</v>
       </c>
       <c r="C17" s="14">
         <v>0.98</v>
       </c>
       <c r="D17" s="14">
         <v>0.97</v>
       </c>
       <c r="E17" s="14">
         <v>1.04</v>
       </c>
       <c r="F17" s="14">
         <v>0.92</v>
       </c>
       <c r="G17" s="14">
         <v>1.11</v>
       </c>
     </row>