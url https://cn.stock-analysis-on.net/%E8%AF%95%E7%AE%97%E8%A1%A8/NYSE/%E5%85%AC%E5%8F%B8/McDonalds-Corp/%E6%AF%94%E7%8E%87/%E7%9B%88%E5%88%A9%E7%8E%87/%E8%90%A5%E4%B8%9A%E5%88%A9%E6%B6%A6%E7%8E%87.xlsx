--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -709,51 +709,51 @@
       </c>
       <c r="E13" s="12">
         <v>0.2278</v>
       </c>
       <c r="F13" s="12">
         <v>-0.0928</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="12">
         <v>0.1694</v>
       </c>
       <c r="C14" s="12">
         <v>0.1578</v>
       </c>
       <c r="D14" s="12">
         <v>0.1344</v>
       </c>
       <c r="E14" s="12">
         <v>0.1067</v>
       </c>
       <c r="F14" s="12">
-        <v>0.0485</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="12">
         <v>-0.0035</v>
       </c>
       <c r="C15" s="12">
         <v>-0.0671</v>
       </c>
       <c r="D15" s="12">
         <v>-0.1707</v>
       </c>
       <c r="E15" s="12">
         <v>-0.0925</v>
       </c>
       <c r="F15" s="12">
         <v>-0.1511</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="11" t="s">
         <v>12</v>