--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -867,60 +867,60 @@
       <c r="I13" s="13">
         <v>185.34</v>
       </c>
       <c r="J13" s="13">
         <v>175.86000000000001</v>
       </c>
       <c r="K13" s="13">
         <v>191.68000000000001</v>
       </c>
       <c r="L13" s="13">
         <v>194.58000000000001</v>
       </c>
       <c r="M13" s="13">
         <v>184.27000000000001</v>
       </c>
       <c r="N13" s="13">
         <v>191.96000000000001</v>
       </c>
       <c r="O13" s="13">
         <v>214.37</v>
       </c>
       <c r="P13" s="13">
         <v>203.97</v>
       </c>
       <c r="Q13" s="13">
-        <v>177.91</v>
+        <v>0.0</v>
       </c>
       <c r="R13" s="13">
-        <v>195.78</v>
+        <v>0.0</v>
       </c>
       <c r="S13" s="13">
-        <v>213.28999999999999</v>
+        <v>0.0</v>
       </c>
       <c r="T13" s="13">
-        <v>211.25999999999999</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="13">
         <v>12.4</v>
       </c>
       <c r="C14" s="13">
         <v>13.32</v>
       </c>
       <c r="D14" s="13">
         <v>15.44</v>
       </c>
       <c r="E14" s="13">
         <v>14.89</v>
       </c>
       <c r="F14" s="13">
         <v>14.25</v>
       </c>
       <c r="G14" s="13">
         <v>15.15</v>
       </c>
       <c r="H14" s="13">