--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -935,60 +935,60 @@
       <c r="I14" s="13">
         <v>36.86</v>
       </c>
       <c r="J14" s="13">
         <v>34.039999999999999</v>
       </c>
       <c r="K14" s="13">
         <v>42.59</v>
       </c>
       <c r="L14" s="13">
         <v>36.87</v>
       </c>
       <c r="M14" s="13">
         <v>35.61</v>
       </c>
       <c r="N14" s="13">
         <v>38.6</v>
       </c>
       <c r="O14" s="13">
         <v>39.82</v>
       </c>
       <c r="P14" s="13">
         <v>36.049999999999997</v>
       </c>
       <c r="Q14" s="13">
-        <v>35.79</v>
+        <v>0.0</v>
       </c>
       <c r="R14" s="13">
-        <v>32.44</v>
+        <v>0.0</v>
       </c>
       <c r="S14" s="13">
-        <v>38.26</v>
+        <v>0.0</v>
       </c>
       <c r="T14" s="13">
-        <v>34.83</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="13">
         <v>24.34</v>
       </c>
       <c r="C15" s="13">
         <v>17.23</v>
       </c>
       <c r="D15" s="13">
         <v>17.36</v>
       </c>
       <c r="E15" s="13">
         <v>17.26</v>
       </c>
       <c r="F15" s="13">
         <v>27.84</v>
       </c>
       <c r="G15" s="13">
         <v>31.29</v>
       </c>
       <c r="H15" s="13">