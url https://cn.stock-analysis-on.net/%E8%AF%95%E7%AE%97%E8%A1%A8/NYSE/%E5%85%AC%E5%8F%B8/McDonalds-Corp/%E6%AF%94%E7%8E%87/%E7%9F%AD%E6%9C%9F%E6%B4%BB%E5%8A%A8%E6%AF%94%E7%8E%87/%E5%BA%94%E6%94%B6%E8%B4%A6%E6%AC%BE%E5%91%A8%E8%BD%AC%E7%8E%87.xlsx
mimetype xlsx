--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -709,51 +709,51 @@
       </c>
       <c r="E13" s="12">
         <v>8.07</v>
       </c>
       <c r="F13" s="12">
         <v>12.85</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="12">
         <v>78.59</v>
       </c>
       <c r="C14" s="12">
         <v>85.44</v>
       </c>
       <c r="D14" s="12">
         <v>80.79000000000001</v>
       </c>
       <c r="E14" s="12">
         <v>75.77</v>
       </c>
       <c r="F14" s="12">
-        <v>57.27</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="12">
         <v>14.65</v>
       </c>
       <c r="C15" s="12">
         <v>16.2</v>
       </c>
       <c r="D15" s="12">
         <v>16.46</v>
       </c>
       <c r="E15" s="12">
         <v>14.0099999999999998</v>
       </c>
       <c r="F15" s="12">
         <v>9.92</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="11" t="s">
         <v>12</v>