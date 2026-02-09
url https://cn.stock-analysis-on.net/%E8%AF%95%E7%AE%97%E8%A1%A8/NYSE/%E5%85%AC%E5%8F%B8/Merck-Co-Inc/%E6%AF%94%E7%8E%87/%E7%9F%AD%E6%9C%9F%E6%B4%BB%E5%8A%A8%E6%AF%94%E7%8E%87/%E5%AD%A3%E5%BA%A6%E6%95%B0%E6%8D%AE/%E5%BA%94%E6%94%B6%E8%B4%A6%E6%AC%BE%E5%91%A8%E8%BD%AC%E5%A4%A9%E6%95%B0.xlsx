--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1260,60 +1260,60 @@
       <c r="I18" s="13">
         <v>158.0</v>
       </c>
       <c r="J18" s="13">
         <v>156.0</v>
       </c>
       <c r="K18" s="13">
         <v>148.0</v>
       </c>
       <c r="L18" s="13">
         <v>151.0</v>
       </c>
       <c r="M18" s="13">
         <v>160.0</v>
       </c>
       <c r="N18" s="13">
         <v>148.0</v>
       </c>
       <c r="O18" s="13">
         <v>132.0</v>
       </c>
       <c r="P18" s="13">
         <v>107.0</v>
       </c>
       <c r="Q18" s="13">
-        <v>137.0</v>
+        <v>0.0</v>
       </c>
       <c r="R18" s="13">
-        <v>147.0</v>
+        <v>0.0</v>
       </c>
       <c r="S18" s="13">
-        <v>206.0</v>
+        <v>0.0</v>
       </c>
       <c r="T18" s="13">
-        <v>166.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="13">
         <v>74.0</v>
       </c>
       <c r="C19" s="13">
         <v>73.0</v>
       </c>
       <c r="D19" s="13">
         <v>72.0</v>
       </c>
       <c r="E19" s="13">
         <v>70.0</v>
       </c>
       <c r="F19" s="13">
         <v>71.0</v>
       </c>
       <c r="G19" s="13">
         <v>68.0</v>
       </c>
       <c r="H19" s="13">