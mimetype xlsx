--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1325,60 +1325,60 @@
       <c r="I20" s="13">
         <v>2.31</v>
       </c>
       <c r="J20" s="13">
         <v>2.35</v>
       </c>
       <c r="K20" s="13">
         <v>2.47</v>
       </c>
       <c r="L20" s="13">
         <v>2.42</v>
       </c>
       <c r="M20" s="13">
         <v>2.28</v>
       </c>
       <c r="N20" s="13">
         <v>2.47</v>
       </c>
       <c r="O20" s="13">
         <v>2.76</v>
       </c>
       <c r="P20" s="13">
         <v>3.41</v>
       </c>
       <c r="Q20" s="13">
-        <v>2.66</v>
+        <v>0.0</v>
       </c>
       <c r="R20" s="13">
-        <v>2.48</v>
+        <v>0.0</v>
       </c>
       <c r="S20" s="13">
-        <v>1.77</v>
+        <v>0.0</v>
       </c>
       <c r="T20" s="13">
-        <v>2.2</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="13">
         <v>4.91</v>
       </c>
       <c r="C21" s="13">
         <v>5.03</v>
       </c>
       <c r="D21" s="13">
         <v>5.07</v>
       </c>
       <c r="E21" s="13">
         <v>5.23</v>
       </c>
       <c r="F21" s="13">
         <v>5.13</v>
       </c>
       <c r="G21" s="13">
         <v>5.33</v>
       </c>
       <c r="H21" s="13">