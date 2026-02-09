--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -824,51 +824,51 @@
       </c>
       <c r="E18" s="12">
         <v>51.0</v>
       </c>
       <c r="F18" s="12">
         <v>68.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="12">
         <v>160.0</v>
       </c>
       <c r="C19" s="12">
         <v>158.0</v>
       </c>
       <c r="D19" s="12">
         <v>160.0</v>
       </c>
       <c r="E19" s="12">
         <v>137.0</v>
       </c>
       <c r="F19" s="12">
-        <v>177.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="12">
         <v>70.0</v>
       </c>
       <c r="C20" s="12">
         <v>70.0</v>
       </c>
       <c r="D20" s="12">
         <v>66.0</v>
       </c>
       <c r="E20" s="12">
         <v>74.0</v>
       </c>
       <c r="F20" s="12">
         <v>65.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="11" t="s">
         <v>17</v>