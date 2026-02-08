--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -847,51 +847,51 @@
       </c>
       <c r="E19" s="12">
         <v>5.52</v>
       </c>
       <c r="F19" s="12">
         <v>3.07</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="12">
         <v>3.09</v>
       </c>
       <c r="C20" s="12">
         <v>3.16</v>
       </c>
       <c r="D20" s="12">
         <v>3.23</v>
       </c>
       <c r="E20" s="12">
         <v>4.62</v>
       </c>
       <c r="F20" s="12">
-        <v>2.64</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="12">
         <v>4.61</v>
       </c>
       <c r="C21" s="12">
         <v>4.54</v>
       </c>
       <c r="D21" s="12">
         <v>4.84</v>
       </c>
       <c r="E21" s="12">
         <v>4.71</v>
       </c>
       <c r="F21" s="12">
         <v>5.45</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>18</v>