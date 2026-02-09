--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -896,51 +896,51 @@
       </c>
       <c r="E22" s="13">
         <v>4.64</v>
       </c>
       <c r="F22" s="13">
         <v>2.79</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="13">
         <v>2.95</v>
       </c>
       <c r="C23" s="13">
         <v>3.11</v>
       </c>
       <c r="D23" s="13">
         <v>3.17</v>
       </c>
       <c r="E23" s="13">
         <v>4.52</v>
       </c>
       <c r="F23" s="13">
-        <v>2.58</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B24" s="13">
         <v>3.97</v>
       </c>
       <c r="C24" s="13">
         <v>3.89</v>
       </c>
       <c r="D24" s="13">
         <v>4.13</v>
       </c>
       <c r="E24" s="13">
         <v>3.98</v>
       </c>
       <c r="F24" s="13">
         <v>4.82</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="12" t="s">
         <v>20</v>