--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1740,60 +1740,60 @@
       <c r="I21" s="7">
         <v>3.16</v>
       </c>
       <c r="J21" s="7">
         <v>3.27</v>
       </c>
       <c r="K21" s="7">
         <v>3.23</v>
       </c>
       <c r="L21" s="7">
         <v>3.19</v>
       </c>
       <c r="M21" s="7">
         <v>3.23</v>
       </c>
       <c r="N21" s="7">
         <v>3.7</v>
       </c>
       <c r="O21" s="7">
         <v>3.91</v>
       </c>
       <c r="P21" s="7">
         <v>4.64</v>
       </c>
       <c r="Q21" s="7">
-        <v>4.62</v>
+        <v>0.0</v>
       </c>
       <c r="R21" s="7">
-        <v>3.99</v>
+        <v>0.0</v>
       </c>
       <c r="S21" s="7">
-        <v>3.69</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="7">
-        <v>2.82</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="7">
         <v>4.3</v>
       </c>
       <c r="C22" s="7">
         <v>4.48</v>
       </c>
       <c r="D22" s="7">
         <v>4.6</v>
       </c>
       <c r="E22" s="7">
         <v>4.61</v>
       </c>
       <c r="F22" s="7">
         <v>4.5</v>
       </c>
       <c r="G22" s="7">
         <v>4.56</v>
       </c>
       <c r="H22" s="7">
@@ -2750,60 +2750,60 @@
       <c r="I21" s="7">
         <v>0.4</v>
       </c>
       <c r="J21" s="7">
         <v>0.41</v>
       </c>
       <c r="K21" s="7">
         <v>0.41</v>
       </c>
       <c r="L21" s="7">
         <v>0.41</v>
       </c>
       <c r="M21" s="7">
         <v>0.42</v>
       </c>
       <c r="N21" s="7">
         <v>0.5</v>
       </c>
       <c r="O21" s="7">
         <v>0.52</v>
       </c>
       <c r="P21" s="7">
         <v>0.63</v>
       </c>
       <c r="Q21" s="7">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
       <c r="R21" s="7">
-        <v>0.57</v>
+        <v>0.0</v>
       </c>
       <c r="S21" s="7">
-        <v>0.58</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="7">
-        <v>0.52</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="7">
         <v>0.42</v>
       </c>
       <c r="C22" s="7">
         <v>0.43</v>
       </c>
       <c r="D22" s="7">
         <v>0.43</v>
       </c>
       <c r="E22" s="7">
         <v>0.44</v>
       </c>
       <c r="F22" s="7">
         <v>0.42</v>
       </c>
       <c r="G22" s="7">
         <v>0.43</v>
       </c>
       <c r="H22" s="7">
@@ -3760,60 +3760,60 @@
       <c r="I21" s="7">
         <v>0.51</v>
       </c>
       <c r="J21" s="7">
         <v>0.53</v>
       </c>
       <c r="K21" s="7">
         <v>0.53</v>
       </c>
       <c r="L21" s="7">
         <v>0.53</v>
       </c>
       <c r="M21" s="7">
         <v>0.54</v>
       </c>
       <c r="N21" s="7">
         <v>0.64</v>
       </c>
       <c r="O21" s="7">
         <v>0.69</v>
       </c>
       <c r="P21" s="7">
         <v>0.83</v>
       </c>
       <c r="Q21" s="7">
-        <v>0.86</v>
+        <v>0.0</v>
       </c>
       <c r="R21" s="7">
-        <v>0.78</v>
+        <v>0.0</v>
       </c>
       <c r="S21" s="7">
-        <v>0.82</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="7">
-        <v>0.77</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="7">
         <v>0.86</v>
       </c>
       <c r="C22" s="7">
         <v>0.86</v>
       </c>
       <c r="D22" s="7">
         <v>0.87</v>
       </c>
       <c r="E22" s="7">
         <v>0.86</v>
       </c>
       <c r="F22" s="7">
         <v>0.86</v>
       </c>
       <c r="G22" s="7">
         <v>0.89</v>
       </c>
       <c r="H22" s="7">